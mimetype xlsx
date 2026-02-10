--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -1,46 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Italian_Markets" sheetId="1" state="visible" r:id="rId1"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Euronext_Markets" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -138,52 +133,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3166,948 +3160,952 @@
           <t>815600FE947DA0D03B37</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F64" t="n">
         <v>3258</v>
       </c>
       <c r="G64" t="n">
         <v>3258</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>00000317</t>
+          <t>00002187</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>FIDEURAM-INTESA SANPAOLO PRIVATE BANKING</t>
+          <t>FINECOBANK SPA</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>FIBA</t>
+          <t>BAFI</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>549300XGJX6FOWLOI640</t>
+          <t>549300L7YCATGO57ZE10</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>3296</v>
+        <v>3015</v>
       </c>
       <c r="G65" t="n">
-        <v>3296</v>
+        <v>3015</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="I65" t="inlineStr"/>
-      <c r="J65" t="inlineStr"/>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>00002187</t>
+          <t>00001995</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>FINECOBANK SPA</t>
+          <t>HSBC BANK PLC</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>BAFI</t>
+          <t>HSMI</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>549300L7YCATGO57ZE10</t>
+          <t>MP6I5ZYZBEU3UXPYFY54</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>3015</v>
+        <v>3021</v>
       </c>
       <c r="G66" t="n">
-        <v>3015</v>
-[...10 lines deleted...]
-      </c>
+        <v>3021</v>
+      </c>
+      <c r="H66" t="inlineStr"/>
+      <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TC</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>00001995</t>
+          <t>00001410</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>HSBC BANK PLC</t>
+          <t>HSBC CONTINENTAL EUROPE 2ND DESK</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>HSMI</t>
+          <t>HSBE</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>MP6I5ZYZBEU3UXPYFY54</t>
+          <t>F0HUI1NY1AZMJMD8LP67</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>3021</v>
+        <v>1258</v>
       </c>
       <c r="G67" t="n">
-        <v>3021</v>
+        <v>21258</v>
       </c>
       <c r="H67" t="inlineStr"/>
-      <c r="I67" t="inlineStr"/>
-      <c r="J67" t="inlineStr">
+      <c r="I67" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
+      <c r="J67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>00001410</t>
+          <t>00003845</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>HSBC CONTINENTAL EUROPE 2ND DESK</t>
+          <t>IBL BANCA S.P.A.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>HSBE</t>
+          <t>IBLB</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>F0HUI1NY1AZMJMD8LP67</t>
+          <t>815600848DEFE160E913</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>1258</v>
+        <v>3263</v>
       </c>
       <c r="G68" t="n">
-        <v>21258</v>
-[...6 lines deleted...]
-      </c>
+        <v>3263</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>00003845</t>
+          <t>00002322</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>IBL BANCA S.P.A.</t>
+          <t>ICCREA</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>IBLB</t>
+          <t>ICRE</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>815600848DEFE160E913</t>
+          <t>NNVPP80YIZGEY2314M97</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>3263</v>
+        <v>8000</v>
       </c>
       <c r="G69" t="n">
-        <v>3263</v>
+        <v>8000</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...3 lines deleted...]
-      <c r="J69" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>00002322</t>
+          <t>00005547</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>ICCREA</t>
+          <t>ILLIMITY BANK S.P.A.</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>ICRE</t>
+          <t>ILMT</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>NNVPP80YIZGEY2314M97</t>
+          <t>815600A029117B20DD63</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>8000</v>
+        <v>5547</v>
       </c>
       <c r="G70" t="n">
-        <v>8000</v>
+        <v>3395</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...11 lines deleted...]
-      </c>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr"/>
+      <c r="J70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>00005547</t>
+          <t>00001107</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>ILLIMITY BANK S.P.A.</t>
+          <t>INSTINET EUROPE LTD</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>ILMT</t>
+          <t>INST</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>815600A029117B20DD63</t>
+          <t>213800MXAKR2LA1VBM44</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F71" t="n">
-        <v>5547</v>
+        <v>2247</v>
       </c>
       <c r="G71" t="n">
-        <v>3395</v>
-[...7 lines deleted...]
-      <c r="J71" t="inlineStr"/>
+        <v>22247</v>
+      </c>
+      <c r="H71" t="inlineStr"/>
+      <c r="I71" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>00001107</t>
+          <t>00002733</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>INSTINET EUROPE LTD</t>
+          <t>INTERACTIVE BROKERS (UK) LIMITED</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>INST</t>
+          <t>INTR</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>213800MXAKR2LA1VBM44</t>
+          <t>549300GVM9BQWJXPI223</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F72" t="n">
-        <v>2247</v>
+        <v>2520</v>
       </c>
       <c r="G72" t="n">
-        <v>22247</v>
+        <v>22520</v>
       </c>
       <c r="H72" t="inlineStr"/>
       <c r="I72" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>00002733</t>
+          <t>00003357</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>INTERACTIVE BROKERS (UK) LIMITED</t>
+          <t>INTERMONTE SIM SPA</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>INTR</t>
+          <t>INSE</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>549300GVM9BQWJXPI223</t>
+          <t>YMUU1WGHJKORF9E36I98</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F73" t="n">
-        <v>2520</v>
+        <v>6324</v>
       </c>
       <c r="G73" t="n">
-        <v>22520</v>
+        <v>16324</v>
       </c>
       <c r="H73" t="inlineStr"/>
       <c r="I73" t="inlineStr">
         <is>
-          <t>TC</t>
-[...2 lines deleted...]
-      <c r="J73" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="J73" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>00003357</t>
+          <t>00003319</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>INTERMONTE SIM SPA</t>
+          <t>INTESA SANPAOLO - 3RD CED</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>INSE</t>
+          <t>IBDT</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>YMUU1WGHJKORF9E36I98</t>
+          <t>2W8N8UU78PMDQKZENC08</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F74" t="n">
-        <v>6324</v>
+        <v>1236</v>
       </c>
       <c r="G74" t="n">
-        <v>16324</v>
+        <v>91236</v>
       </c>
       <c r="H74" t="inlineStr"/>
       <c r="I74" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>00003319</t>
+          <t>00001105</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>INTESA SANPAOLO - 3RD CED</t>
+          <t>INTESA SANPAOLO SPA</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>IBDT</t>
+          <t>BINT</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>2W8N8UU78PMDQKZENC08</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F75" t="n">
-        <v>1236</v>
+        <v>3069</v>
       </c>
       <c r="G75" t="n">
-        <v>91236</v>
-[...1 lines deleted...]
-      <c r="H75" t="inlineStr"/>
+        <v>3069</v>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I75" t="inlineStr">
         <is>
-          <t>TC</t>
-[...2 lines deleted...]
-      <c r="J75" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>00001105</t>
+          <t>00009779</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>INTESA SANPAOLO SPA</t>
+          <t>J.P.MORGAN SE - FIXED INCOME</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>BINT</t>
+          <t>JPMF</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>2W8N8UU78PMDQKZENC08</t>
+          <t>549300ZK53CNGEEI6A29</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F76" t="n">
-        <v>3069</v>
+        <v>1143</v>
       </c>
       <c r="G76" t="n">
-        <v>3069</v>
-[...5 lines deleted...]
-      </c>
+        <v>21938</v>
+      </c>
+      <c r="H76" t="inlineStr"/>
       <c r="I76" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="J76" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>00009779</t>
+          <t>00004383</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>J.P.MORGAN SE - FIXED INCOME</t>
+          <t>JANE STREET FINANCIAL LIMITED 2ND DESK</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>JPMF</t>
+          <t>JSSD</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>549300ZK53CNGEEI6A29</t>
+          <t>549300ZHEHX8M31RP142</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F77" t="n">
-        <v>1143</v>
+        <v>1238</v>
       </c>
       <c r="G77" t="n">
-        <v>21938</v>
+        <v>91238</v>
       </c>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TC</t>
         </is>
       </c>
       <c r="J77" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TC</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>00004383</t>
+          <t>00009939</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>JANE STREET FINANCIAL LIMITED 2ND DESK</t>
+          <t>JEFFERIES GMBH</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>JSSD</t>
+          <t>JEFG</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>549300ZHEHX8M31RP142</t>
+          <t>5493004I3LZM39BWHQ75</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F78" t="n">
-        <v>1238</v>
+        <v>8067</v>
       </c>
       <c r="G78" t="n">
-        <v>91238</v>
+        <v>38067</v>
       </c>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J78" t="inlineStr">
         <is>
-          <t>TC</t>
+          <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>00009939</t>
+          <t>00002665</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>JEFFERIES GMBH</t>
+          <t>JEFFERIES INTERNATIONAL LIMITED</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>JEFG</t>
+          <t>JEFF</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>5493004I3LZM39BWHQ75</t>
+          <t>S5THZMDUJCTQZBTRVI98</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F79" t="n">
-        <v>8067</v>
+        <v>8034</v>
       </c>
       <c r="G79" t="n">
-        <v>38067</v>
+        <v>38034</v>
       </c>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J79" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>00002665</t>
+          <t>00009974</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>JEFFERIES INTERNATIONAL LIMITED</t>
+          <t>JUMP TRADING EUROPE B.V.</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>JEFF</t>
+          <t>JUTE</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>S5THZMDUJCTQZBTRVI98</t>
+          <t>549300HFXRW8BZRK3J17</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F80" t="n">
-        <v>8034</v>
+        <v>3870</v>
       </c>
       <c r="G80" t="n">
-        <v>38034</v>
-[...1 lines deleted...]
-      <c r="H80" t="inlineStr"/>
+        <v>38070</v>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
       <c r="I80" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
-      <c r="J80" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>00009974</t>
+          <t>00004363</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>JUMP TRADING EUROPE B.V.</t>
+          <t>JUMP TRADING EUROPE B.V. 3RD CED</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>JUTE</t>
+          <t>JTEB</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>549300HFXRW8BZRK3J17</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F81" t="n">
-        <v>3870</v>
+        <v>1241</v>
       </c>
       <c r="G81" t="n">
-        <v>38070</v>
+        <v>91241</v>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="I81" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J81" t="inlineStr"/>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>00004363</t>
+          <t>00007341</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>JUMP TRADING EUROPE B.V. 3RD CED</t>
+          <t>LA CASSA DI RAVENNA</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>JTEB</t>
+          <t>CRAV</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>549300HFXRW8BZRK3J17</t>
+          <t>815600A32DA05F693F24</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F82" t="n">
-        <v>1241</v>
+        <v>6270</v>
       </c>
       <c r="G82" t="n">
-        <v>91241</v>
+        <v>6270</v>
       </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>TC</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>00007341</t>
+          <t>00000362</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>LA CASSA DI RAVENNA</t>
+          <t>MEDIOBANCA SPA</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>CRAV</t>
+          <t>MEDI</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>815600A32DA05F693F24</t>
+          <t>PSNL19R2RXX5U3QWHI44</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F83" t="n">
-        <v>6270</v>
+        <v>631</v>
       </c>
       <c r="G83" t="n">
-        <v>6270</v>
+        <v>10631</v>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="I83" t="inlineStr"/>
-      <c r="J83" t="inlineStr"/>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="J83" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>00000362</t>
+          <t>00003587</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>MEDIOBANCA SPA</t>
+          <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>MEDI</t>
+          <t>METH</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>PSNL19R2RXX5U3QWHI44</t>
+          <t>213800GK3K7QZWWKXU03</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F84" t="n">
-        <v>631</v>
+        <v>8035</v>
       </c>
       <c r="G84" t="n">
-        <v>10631</v>
+        <v>38035</v>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TC</t>
         </is>
       </c>
       <c r="I84" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TC</t>
         </is>
       </c>
       <c r="J84" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TC</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>00003587</t>
+          <t>00004617</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
+          <t>MILLENNIUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>METH</t>
+          <t>MEUL</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>213800GK3K7QZWWKXU03</t>
+          <t>213800M4PALWKTSLLI88</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F85" t="n">
-        <v>8035</v>
+        <v>9252</v>
       </c>
       <c r="G85" t="n">
-        <v>38035</v>
-[...5 lines deleted...]
-      </c>
+        <v>91252</v>
+      </c>
+      <c r="H85" t="inlineStr"/>
       <c r="I85" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
           <t>00001415</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>MORGAN STANLEY &amp; CO.INTERNATIONAL PLC</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>MOSL</t>
@@ -4179,51 +4177,55 @@
           <t>TC</t>
         </is>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
           <t>00001758</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>NATIXIS S.A. 2ND CED</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>NTX2</t>
         </is>
       </c>
-      <c r="D88" t="inlineStr"/>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>KX1WK48MPD4Y2NCUIZ63</t>
+        </is>
+      </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F88" t="n">
         <v>1758</v>
       </c>
       <c r="G88" t="n">
         <v>21758</v>
       </c>
       <c r="H88" t="inlineStr"/>
       <c r="I88" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J88" t="inlineStr"/>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
           <t>00002084</t>
         </is>
       </c>
@@ -4782,66 +4784,66 @@
         <v>2008</v>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="J101" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="102"/>
     <row r="103"/>
     <row r="104"/>
     <row r="105"/>
     <row r="106">
       <c r="A106" s="2" t="inlineStr">
         <is>
-          <t>List effective as of 20251103</t>
+          <t>List effective as of 20260203</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I228"/>
+  <dimension ref="A1:I227"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="35" customWidth="1" min="1" max="1"/>
     <col width="19" customWidth="1" min="2" max="2"/>
     <col width="58" customWidth="1" min="3" max="3"/>
     <col width="68" customWidth="1" min="4" max="4"/>
     <col width="13" customWidth="1" min="5" max="5"/>
     <col width="19" customWidth="1" min="6" max="6"/>
     <col width="29" customWidth="1" min="7" max="7"/>
     <col width="41" customWidth="1" min="8" max="8"/>
     <col width="44" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>LEI_CODE</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -5678,5788 +5680,5792 @@
       <c r="E21" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>SLHB</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="I21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>8156009C2617D40C6616</t>
+          <t>815600E4E6DCD2D25E30</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>3398</v>
+        <v>5034</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>BANCA SIMETICA SPA</t>
+          <t>BANCO BPM S.P.A.</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>00010124</t>
+          <t>00010082</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>BASI</t>
+          <t>BPOP</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H22" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>815600E4E6DCD2D25E30</t>
+          <t>213800UFLAA5SS55IZ10</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>5034</v>
+        <v>1014</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>BANCO BPM S.P.A.</t>
+          <t>BANCO CARREGOSA</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>00010082</t>
+          <t>00010014</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>BPOP</t>
+          <t>BCAR</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr"/>
       <c r="I23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>213800UFLAA5SS55IZ10</t>
+          <t>JU1U6S0DG9YLT7N8ZV32</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>1014</v>
+        <v>4125</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>BANCO CARREGOSA</t>
+          <t>BANCO COMERCIAL PORTUGUES SA</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>00010014</t>
+          <t>00004125</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>BCAR</t>
+          <t>BCPT</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H24" t="inlineStr"/>
       <c r="I24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>JU1U6S0DG9YLT7N8ZV32</t>
+          <t>213800KYUPNOQPAQL758</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>4125</v>
+        <v>1016</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>BANCO COMERCIAL PORTUGUES SA</t>
+          <t>BANCO DE INVESTIMENTO GLOBAL (BIG)</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>00004125</t>
+          <t>00010016</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>BCPT</t>
+          <t>BBIG</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
       <c r="I25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>213800KYUPNOQPAQL758</t>
+          <t>529900GZL0HS66P9SW37</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>BANCO DE INVESTIMENTO GLOBAL (BIG)</t>
+          <t>BANCO INVEST, S.A.</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>00010016</t>
+          <t>00010012</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>BBIG</t>
+          <t>BAIN</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H26" t="inlineStr"/>
       <c r="I26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>529900GZL0HS66P9SW37</t>
+          <t>5493006QMFDDMYWIAM13</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>1012</v>
+        <v>4441</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>BANCO INVEST, S.A.</t>
+          <t>BANCO SANTANDER S.A.</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>00010012</t>
+          <t>00004441</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>BAIN</t>
+          <t>SANS</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr"/>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>5493006QMFDDMYWIAM13</t>
+          <t>549300URJH9VSI58CS32</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>4441</v>
+        <v>1381</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>BANCO SANTANDER S.A.</t>
+          <t>BANCO SANTANDER TOTTA SA</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>00004441</t>
+          <t>00010006</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>SANS</t>
+          <t>SANT</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>549300URJH9VSI58CS32</t>
+          <t>549300NBLHT5Z7ZV1241</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>1381</v>
+        <v>1217</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>BANCO SANTANDER TOTTA SA</t>
+          <t>BANK DEGROOF PETERCAM SA</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>00010006</t>
+          <t>00001207</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>SANT</t>
+          <t>DEGR</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
       <c r="I29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>549300NBLHT5Z7ZV1241</t>
+          <t>MMYX0N4ZEZ13Z4XCG897</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>1217</v>
+        <v>4361</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>BANK DEGROOF PETERCAM SA</t>
+          <t>BANK OF NEW YORK MELLON</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>00001207</t>
+          <t>00004361,00004439,00004438</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>BE</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>DEGR</t>
+          <t>BNYM</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
       <c r="I30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>MMYX0N4ZEZ13Z4XCG897</t>
+          <t>549300L7V4MGECYRM576</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>4361</v>
+        <v>4732</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>BANK OF NEW YORK MELLON</t>
+          <t>BANK VONTOBEL</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>00004361,00004439,00004438</t>
+          <t>00004732</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>BNYM</t>
+          <t>VONT</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
       <c r="I31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>549300L7V4MGECYRM576</t>
+          <t>529900KKJ9XOK6WO4426</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>4732</v>
+        <v>4375</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>BANK VONTOBEL</t>
+          <t>BANK VONTOBEL EUROPE AG</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>00004732</t>
+          <t>00004375</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>VONT</t>
+          <t>VONE</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
       <c r="I32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>529900KKJ9XOK6WO4426</t>
+          <t>VWMYAEQSTOPNV0SUGU82</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>4375</v>
+        <v>1017</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>BANK VONTOBEL EUROPE AG</t>
+          <t>BANKINTER SA</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>00004375</t>
+          <t>00010017</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>VONE</t>
+          <t>BKIN</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
       <c r="I33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>VWMYAEQSTOPNV0SUGU82</t>
+          <t>213800WAVVOPS85N2205</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>1017</v>
+        <v>5005</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>BANKINTER SA</t>
+          <t>BANQUE DE LUXEMBOURG</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>00010017</t>
+          <t>00005005</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>LU</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>BKIN</t>
+          <t>BQLU</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
       <c r="I34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>213800WAVVOPS85N2205</t>
+          <t>R7CQUF1DQM73HUTV1078</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>5005</v>
+        <v>5001</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>BANQUE DE LUXEMBOURG</t>
+          <t>BANQUE ET CAISSE D'EPARGNE DE L'ETAT (DU LUXEMBOURG)</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>00005005</t>
+          <t>00005001</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>LU</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>BQLU</t>
+          <t>BCEE</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H35" t="inlineStr"/>
       <c r="I35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>R7CQUF1DQM73HUTV1078</t>
+          <t>2G5BKIC2CB69PRJH1W31</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>5001</v>
+        <v>1675</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>BANQUE ET CAISSE D'EPARGNE DE L'ETAT (DU LUXEMBOURG)</t>
+          <t>BARCLAYS BANK IRELAND PLC</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>00005001</t>
+          <t>00004417,00010168,00010169</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>LU</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>BCEE</t>
+          <t>BBIR</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
       <c r="I36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>2G5BKIC2CB69PRJH1W31</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>1675</v>
+        <v>4417</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>BARCLAYS BANK IRELAND PLC</t>
+          <t>BARCLAYS BANK IRELAND PLC (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>00004417,00010168,00010169</t>
+          <t>00004417</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>BBIR</t>
-[...8 lines deleted...]
-      <c r="I37" t="inlineStr"/>
+          <t>BBID</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr"/>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>2G5BKIC2CB69PRJH1W31</t>
+          <t>G5GSEF7VJP5I7OUK5573</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>4417</v>
+        <v>555</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>BARCLAYS BANK IRELAND PLC (DERIVATIVES)</t>
+          <t>BARCLAYS BANK PLC</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>00004417</t>
+          <t>00000555</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>BBID</t>
+          <t>BABA</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>G5GSEF7VJP5I7OUK5573</t>
+          <t>K8MS7FD7N5Z2WQ51AZ71</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>555</v>
+        <v>1296</v>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>BARCLAYS BANK PLC</t>
+          <t>BBVA SA (PORTUGUESE BRANCH)</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>00000555</t>
+          <t>00000683,00010003</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>BABA</t>
-[...2 lines deleted...]
-      <c r="G39" t="inlineStr"/>
+          <t>BBV</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>K8MS7FD7N5Z2WQ51AZ71</t>
+          <t>A5GWLFH3KM7YV2SFQL84</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>1296</v>
+        <v>1050</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>BBVA SA (PORTUGUESE BRANCH)</t>
+          <t>BELFIUS BANK</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>00000683,00010003</t>
+          <t>00001050</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>BBV</t>
+          <t>BELF</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>TM</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr"/>
       <c r="I40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>A5GWLFH3KM7YV2SFQL84</t>
+          <t>529900UC2OD7II24Z667</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>1050</v>
+        <v>1664</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>BELFIUS BANK</t>
+          <t>BERENBERG BANK</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>00001050</t>
+          <t>00004714,00010162</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>BELF</t>
+          <t>BERE</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
       <c r="I41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>529900UC2OD7II24Z667</t>
+          <t>815600522538355AE429</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>1664</v>
+        <v>5000</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>BERENBERG BANK</t>
+          <t>BFF BANK S.P.A.</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>00004714,00010162</t>
+          <t>00010152</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>BERE</t>
+          <t>ICBP</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H42" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>815600522538355AE429</t>
+          <t>ZWNFQ48RUL8VJZ2AIC12</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>5000</v>
+        <v>4152</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>BFF BANK S.P.A.</t>
+          <t>BGC BROKERS</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>00010152</t>
+          <t>00004152</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>ICBP</t>
-[...6 lines deleted...]
-      </c>
+          <t>BGCB</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...2 lines deleted...]
-      <c r="I43" t="inlineStr"/>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>ZWNFQ48RUL8VJZ2AIC12</t>
+          <t>5493008H47ZU6692QQ89</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>4152</v>
+        <v>1023</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>BGC BROKERS</t>
+          <t>BLACKBIRD AM</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>00004152</t>
+          <t>00010239</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>BGCB</t>
+          <t>BLBI</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
-      <c r="H44" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H44" t="inlineStr"/>
       <c r="I44" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>5493008H47ZU6692QQ89</t>
+          <t>R0MUWSFPU8MPRO8K5P83</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>1023</v>
+        <v>38</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>BLACKBIRD AM</t>
+          <t>BNP PARIBAS - ICM</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>00010239</t>
+          <t>00000038</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>BLBI</t>
-[...2 lines deleted...]
-      <c r="G45" t="inlineStr"/>
+          <t>BNPP</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H45" t="inlineStr"/>
-      <c r="I45" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>R0MUWSFPU8MPRO8K5P83</t>
+          <t>724500GGG02XVB97E680</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>38</v>
+        <v>4084</v>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>BNP PARIBAS - ICM</t>
+          <t>BNP PARIBAS AM FRANCE (NETHERLANDS BRANCH)</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>00000038</t>
+          <t>00004084</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>BNPP</t>
+          <t>BNAM</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
       <c r="I46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>724500GGG02XVB97E680</t>
+          <t>6EWKU0FGVX5QQJHFGT48</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>4084</v>
+        <v>2054</v>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>BNP PARIBAS AM FRANCE (NETHERLANDS BRANCH)</t>
+          <t>BNP PARIBAS FINANCIAL MARKETS</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>00004084</t>
+          <t>00000541,00010192,00029546</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>BNAM</t>
+          <t>ARBI</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr"/>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>6EWKU0FGVX5QQJHFGT48</t>
+          <t>KGCEPHLVVKVRZYO1T647</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>2054</v>
+        <v>4181</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>BNP PARIBAS FINANCIAL MARKETS</t>
+          <t>BNP PARIBAS FORTIS</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>00000541,00010192,00029546</t>
+          <t>00004181</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>ARBI</t>
+          <t>BNPF</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H48" t="inlineStr"/>
       <c r="I48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>KGCEPHLVVKVRZYO1T647</t>
+          <t>R0MUWSFPU8MPRO8K5P83</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>4181</v>
+        <v>3479</v>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>BNP PARIBAS FORTIS</t>
+          <t>BNP PARIBAS SA</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>00004181</t>
+          <t>00000030</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>BNPF</t>
+          <t>BNPA</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>TM</t>
-[...3 lines deleted...]
-      <c r="I49" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>R0MUWSFPU8MPRO8K5P83</t>
         </is>
       </c>
       <c r="B50" t="n">
-        <v>3479</v>
+        <v>4267</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>BNP PARIBAS SA</t>
+          <t>BNP PARIBAS SA - LONDON BRANCH</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>00000030</t>
+          <t>00004267</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>BNPA</t>
-[...11 lines deleted...]
-      </c>
+          <t>BNPC</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr"/>
+      <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>R0MUWSFPU8MPRO8K5P83</t>
+          <t>549300FH0WJAPEHTIQ77</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>4267</v>
+        <v>8069</v>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>BNP PARIBAS SA - LONDON BRANCH</t>
+          <t>BOFA SECURITIES EUROPE SA</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>00004267</t>
+          <t>00004409</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>BNPC</t>
-[...3 lines deleted...]
-      <c r="H51" t="inlineStr"/>
+          <t>BOSE</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I51" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>549300FH0WJAPEHTIQ77</t>
+          <t>969500GFIL2Z81YKUM35</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>8069</v>
+        <v>508</v>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>BOFA SECURITIES EUROPE SA</t>
+          <t>BOURSE DIRECT</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>00004409</t>
+          <t>00000508</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>BOSE</t>
+          <t>BODI</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>969500GFIL2Z81YKUM35</t>
+          <t>N747OI7JINV7RUUH6190</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>508</v>
+        <v>5387</v>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>BOURSE DIRECT</t>
+          <t>BPER BANCA SPA</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>00000508</t>
+          <t>00010127</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>BODI</t>
+          <t>POEM</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H53" t="inlineStr"/>
       <c r="I53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>N747OI7JINV7RUUH6190</t>
+          <t>NICH5Q04ADUV9SN3Q390</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>5387</v>
+        <v>1970</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>BPER BANCA SPA</t>
+          <t>BRED BANQUE POPULAIRE</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>00010127</t>
+          <t>00000197,00000689</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>POEM</t>
+          <t>BRED</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>NICH5Q04ADUV9SN3Q390</t>
+          <t>96950023SCR9X9F3L662</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>1970</v>
+        <v>22</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>BRED BANQUE POPULAIRE</t>
+          <t>CACEIS BANK (FRANCE)</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>00000197,00000689</t>
+          <t>00000022</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>BRED</t>
+          <t>CAES</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H55" t="inlineStr"/>
-      <c r="I55" t="inlineStr"/>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>GCM,ICM</t>
+        </is>
+      </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>96950023SCR9X9F3L662</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>22</v>
+        <v>9125</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>CACEIS BANK (FRANCE)</t>
-[...6 lines deleted...]
-      </c>
+          <t>CACEIS BANK (GERMANY BRANCH)</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>CAES</t>
+          <t>CADE</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>TM</t>
-[...3 lines deleted...]
-        <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="I56" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H56" t="inlineStr"/>
+      <c r="I56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>96950023SCR9X9F3L662</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>9125</v>
+        <v>1079</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>CACEIS BANK (GERMANY BRANCH)</t>
-[...2 lines deleted...]
-      <c r="D57" t="inlineStr"/>
+          <t>CACEIS NETHERLAND FUND AGENT</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>00010079</t>
+        </is>
+      </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>CADE</t>
+          <t>CAFA</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
       <c r="I57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>96950023SCR9X9F3L662</t>
+          <t>549300KAXHDD341NRL28</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>1079</v>
+        <v>1007</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>CACEIS NETHERLAND FUND AGENT</t>
+          <t>CAIXA BI</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>00010079</t>
+          <t>00010007</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>CAFA</t>
+          <t>CABI</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>549300KAXHDD341NRL28</t>
+          <t>2138004FIUXU3B2MR537</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>CAIXA BI</t>
+          <t>CAIXA ECONOMICA MONTEPIO GERAL</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>00010007</t>
+          <t>00010015</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>CABI</t>
+          <t>MPIO</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>2138004FIUXU3B2MR537</t>
+          <t>TO822O0VT80V06K0FH57</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>CAIXA ECONOMICA MONTEPIO GERAL</t>
+          <t>CAIXA GERAL DE DEPOSITOS</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>00010015</t>
+          <t>00010007</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>MPIO</t>
+          <t>CGDE</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
       <c r="I60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>TO822O0VT80V06K0FH57</t>
+          <t>7CUNS533WID6K7DGFI87</t>
         </is>
       </c>
       <c r="B61" t="n">
-        <v>1024</v>
+        <v>4089</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>CAIXA GERAL DE DEPOSITOS</t>
+          <t>CAIXABANK SA</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>00010007</t>
+          <t>00004089</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>CGDE</t>
+          <t>CAIX</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
       <c r="I61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>7CUNS533WID6K7DGFI87</t>
+          <t>549300KM6VUHPKQLQX53</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>4089</v>
+        <v>685</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>CAIXABANK SA</t>
+          <t>CANTOR FITZGERALD EUROPE</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>00004089</t>
+          <t>00000685</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>CAIX</t>
-[...7 lines deleted...]
-      <c r="H62" t="inlineStr"/>
+          <t>CAFI</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr"/>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>549300KM6VUHPKQLQX53</t>
+          <t>635400N5XVNTLTWTUK34</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>685</v>
+        <v>4420</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>CANTOR FITZGERALD EUROPE</t>
+          <t>CANTOR FITZGERALD IRELAND LIMITED</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>00000685</t>
+          <t>00004420</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>CAFI</t>
-[...7 lines deleted...]
-      </c>
+          <t>CFIL</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr"/>
       <c r="I63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>635400N5XVNTLTWTUK34</t>
+          <t>213800KVUP3NVXN7U960</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>4420</v>
+        <v>4305</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>CANTOR FITZGERALD IRELAND LIMITED</t>
+          <t>CAPITAL MARKETS TRADING UK LLP</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>00004420</t>
+          <t>00004305</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>CFIL</t>
+          <t>CAPM</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H64" t="inlineStr"/>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>213800KVUP3NVXN7U960</t>
+          <t>7245007XP5HEJP4VT767</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>4305</v>
+        <v>2839</v>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>CAPITAL MARKETS TRADING UK LLP</t>
+          <t>CENTERCROSS BV</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>00004305</t>
+          <t>00028390</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>CAPM</t>
+          <t>CENT</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>7245007XP5HEJP4VT767</t>
+          <t>815600A451B54F577118</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>2839</v>
+        <v>6392</v>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>CENTERCROSS BV</t>
+          <t>CFO SIM S.P.A.</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>00028390</t>
+          <t>00010128</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>CENT</t>
+          <t>CFO</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H66" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H66" t="inlineStr"/>
       <c r="I66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>815600A451B54F577118</t>
+          <t>549300WTVI4KO4GEJN54</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>6392</v>
+        <v>2899</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>CFO SIM S.P.A.</t>
+          <t>CITADEL SECURITIES (EUROPE)</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>00010128</t>
+          <t>00004071</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>CFO</t>
+          <t>CTDL</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H67" t="inlineStr"/>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>549300WTVI4KO4GEJN54</t>
+          <t>549300J11TNGTWCC3R56</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>2899</v>
+        <v>1182</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>CITADEL SECURITIES (EUROPE)</t>
+          <t>CITADEL SECURITIES GCS (IRELAND)</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>00004071</t>
+          <t>00004445</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>CTDL</t>
+          <t>CSLI</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>549300J11TNGTWCC3R56</t>
+          <t>N1FBEDJ5J41VKZLO2475</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>1182</v>
+        <v>1082</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>CITADEL SECURITIES GCS (IRELAND)</t>
-[...6 lines deleted...]
-      </c>
+          <t>CITIBANK EUROPE PLC</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>CSLI</t>
+          <t>CINT</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>TM</t>
-[...6 lines deleted...]
-      </c>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>N1FBEDJ5J41VKZLO2475</t>
+          <t>6TJCK1B7E7UTXP528Y04</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>1082</v>
+        <v>1322</v>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>CITIBANK EUROPE PLC</t>
-[...2 lines deleted...]
-      <c r="D70" t="inlineStr"/>
+          <t>CITIGROUP GLOBAL MARKETS DEUTSCHLAND</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>00000489</t>
+        </is>
+      </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>CINT</t>
+          <t>CTAG</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>6TJCK1B7E7UTXP528Y04</t>
         </is>
       </c>
       <c r="B71" t="n">
-        <v>1322</v>
+        <v>1147</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS DEUTSCHLAND</t>
+          <t>CITIGROUP GLOBAL MARKETS EUROPE</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>00000489</t>
+          <t>00004436</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>CTAG</t>
+          <t>CGMA</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>6TJCK1B7E7UTXP528Y04</t>
         </is>
       </c>
       <c r="B72" t="n">
-        <v>1147</v>
+        <v>489</v>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS EUROPE</t>
+          <t>CITIGROUP GLOBAL MARKETS EUROPE (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>00004436</t>
+          <t>00000489</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>CGMA</t>
-[...8 lines deleted...]
-      <c r="I72" t="inlineStr"/>
+          <t>CGME</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr"/>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>6TJCK1B7E7UTXP528Y04</t>
+          <t>XKZZ2JZF41MRHTR1V493</t>
         </is>
       </c>
       <c r="B73" t="n">
-        <v>489</v>
+        <v>2133</v>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS EUROPE (DERIVATIVES)</t>
+          <t>CITIGROUP GLOBAL MARKETS LIMITED</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>00000489</t>
+          <t>00000501</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>CGME</t>
-[...12 lines deleted...]
-      </c>
+          <t>CGGM</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr"/>
+      <c r="I73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>XKZZ2JZF41MRHTR1V493</t>
+          <t>DG3RU1DBUFHT4ZF9WN62</t>
         </is>
       </c>
       <c r="B74" t="n">
-        <v>2133</v>
+        <v>2932</v>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS LIMITED</t>
+          <t>COOPERATIEVE RABOBANK U.A.</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>00000501</t>
+          <t>00029332,00029199</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>CGGM</t>
+          <t>RABO</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H74" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="I74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>DG3RU1DBUFHT4ZF9WN62</t>
+          <t>1VUV7VQFKUOQSJ21A208</t>
         </is>
       </c>
       <c r="B75" t="n">
-        <v>2932</v>
+        <v>1085</v>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>COOPERATIEVE RABOBANK U.A.</t>
+          <t>CREDIT AGRICOLE CORPORATE AND INVESTMENT BANK</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>00029332,00029199</t>
+          <t>00000435,00010198</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>RABO</t>
+          <t>CACI</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>1VUV7VQFKUOQSJ21A208</t>
+          <t>N4JDFKKH2FTD8RKFXO39</t>
         </is>
       </c>
       <c r="B76" t="n">
-        <v>1085</v>
+        <v>518</v>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>CREDIT AGRICOLE CORPORATE AND INVESTMENT BANK</t>
+          <t>CREDIT INDUSTRIEL ET COMMERCIAL</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>00000435,00010198</t>
+          <t>00000518</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>CACI</t>
+          <t>CIC</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>N4JDFKKH2FTD8RKFXO39</t>
+          <t>8156004B244AA70DE787</t>
         </is>
       </c>
       <c r="B77" t="n">
-        <v>518</v>
+        <v>3032</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>CREDIT INDUSTRIEL ET COMMERCIAL</t>
+          <t>CREDITO EMILIANO SPA</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>00000518</t>
+          <t>00010129</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>CIC</t>
+          <t>EMIL</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="H77" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>8156004B244AA70DE787</t>
+          <t>0W2PZJM8XOY22M4GG883</t>
         </is>
       </c>
       <c r="B78" t="n">
-        <v>3032</v>
+        <v>1004</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>CREDITO EMILIANO SPA</t>
+          <t>DEKABANK DEUTSCHE GIROZENTRALE</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>00010129</t>
+          <t>00004245</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>EMIL</t>
+          <t>DEKA</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>0W2PZJM8XOY22M4GG883</t>
+          <t>7LTWFZYICNSX8D621K86</t>
         </is>
       </c>
       <c r="B79" t="n">
-        <v>1004</v>
+        <v>4460</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>DEKABANK DEUTSCHE GIROZENTRALE</t>
+          <t>DEUTSCHE BANK AG</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>00004245</t>
+          <t>00004460</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>DEKA</t>
+          <t>DBAG</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>7LTWFZYICNSX8D621K86</t>
         </is>
       </c>
       <c r="B80" t="n">
-        <v>4460</v>
+        <v>1211</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>DEUTSCHE BANK AG</t>
-[...6 lines deleted...]
-      </c>
+          <t>DEUTSCHE BANK AG (AMSTERDAM BRANCH)</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>DBAG</t>
+          <t>DBAM</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>7LTWFZYICNSX8D621K86</t>
         </is>
       </c>
       <c r="B81" t="n">
-        <v>1211</v>
+        <v>1054</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>DEUTSCHE BANK AG (AMSTERDAM BRANCH)</t>
-[...2 lines deleted...]
-      <c r="D81" t="inlineStr"/>
+          <t>DEUTSCHE BANK AG (DERIVATIVES)</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>00000699</t>
+        </is>
+      </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>DBAM</t>
-[...2 lines deleted...]
-      <c r="G81" t="inlineStr">
+          <t>DBUK</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr"/>
+      <c r="H81" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H81" t="inlineStr"/>
-      <c r="I81" t="inlineStr"/>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>7LTWFZYICNSX8D621K86</t>
+          <t>815600A4DA95C74BB576</t>
         </is>
       </c>
       <c r="B82" t="n">
-        <v>1054</v>
+        <v>6326</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>DEUTSCHE BANK AG (DERIVATIVES)</t>
+          <t>DIRECTA SIM</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>00000699</t>
+          <t>00010131</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>DBUK</t>
-[...2 lines deleted...]
-      <c r="G82" t="inlineStr"/>
+          <t>DIRE</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>815600A4DA95C74BB576</t>
+          <t>549300GKFG0RYRRQ1414</t>
         </is>
       </c>
       <c r="B83" t="n">
-        <v>6326</v>
+        <v>1005</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>DIRECTA SIM</t>
+          <t>DNB MARKETS</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>00010131</t>
+          <t>00010050</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>DIRE</t>
-[...2 lines deleted...]
-      <c r="G83" t="inlineStr">
+          <t>DNBM</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr"/>
+      <c r="H83" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="H83" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I83" t="inlineStr"/>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>549300GKFG0RYRRQ1414</t>
+          <t>5493005Q760M4WJ8ZP07</t>
         </is>
       </c>
       <c r="B84" t="n">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>DNB MARKETS</t>
+          <t>DRW EUROPE B.V.</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>00010050</t>
+          <t>00010110,00004448,00010105</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>DNBM</t>
-[...2 lines deleted...]
-      <c r="G84" t="inlineStr"/>
+          <t>DRWE</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>5493005Q760M4WJ8ZP07</t>
+          <t>549300YBTKT1BZDUG027</t>
         </is>
       </c>
       <c r="B85" t="n">
-        <v>1010</v>
+        <v>4449</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>DRW EUROPE B.V.</t>
+          <t>DRW EUROPE DERIVATIVES B.V.</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>00010110,00004448,00010105</t>
+          <t>00004449</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>DRWE</t>
-[...6 lines deleted...]
-      </c>
+          <t>DRWD</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>549300YBTKT1BZDUG027</t>
+          <t>549300JVXT0U42UPXE36</t>
         </is>
       </c>
       <c r="B86" t="n">
-        <v>4449</v>
+        <v>4381</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>DRW EUROPE DERIVATIVES B.V.</t>
+          <t>DRW GLOBAL MKTS LTD</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>00004449</t>
+          <t>00010075,00004381</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>DRWD</t>
-[...2 lines deleted...]
-      <c r="G86" t="inlineStr"/>
+          <t>DRWG</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>549300YBTKT1BZDUG027</t>
+          <t>ZSK5S5FM60ONOHQC8V45</t>
         </is>
       </c>
       <c r="B87" t="n">
-        <v>1112</v>
+        <v>736</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>DRW EUROPE DERIVATIVES B.V.</t>
+          <t>DRW INVESTMENTS UK LIMITED</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>00010112</t>
+          <t>00000736</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>DRWD</t>
+          <t>DRWI</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I87" t="inlineStr"/>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>549300JVXT0U42UPXE36</t>
+          <t>549300CSQ23LTJFDT883</t>
         </is>
       </c>
       <c r="B88" t="n">
-        <v>4381</v>
+        <v>4331</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>DRW GLOBAL MKTS LTD</t>
+          <t>DV TRADING LLC</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>00010075,00004381</t>
+          <t>00004331</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>DRWG</t>
-[...6 lines deleted...]
-      </c>
+          <t>DVTR</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I88" t="inlineStr"/>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>ZSK5S5FM60ONOHQC8V45</t>
+          <t>549300CSQ23LTJFDT883</t>
         </is>
       </c>
       <c r="B89" t="n">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>DRW INVESTMENTS UK LIMITED</t>
+          <t>DV TRADING LLC (2ND CODE)</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>00000736</t>
+          <t>00000729</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>DRWI</t>
+          <t>TRLI</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>549300CSQ23LTJFDT883</t>
+          <t>815600E3E9BFBC8FAA85</t>
         </is>
       </c>
       <c r="B90" t="n">
-        <v>4331</v>
+        <v>6040</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>DV TRADING LLC</t>
+          <t>EQUITA SIM</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>00004331</t>
+          <t>00010133</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>DVTR</t>
-[...2 lines deleted...]
-      <c r="G90" t="inlineStr"/>
+          <t>EURO</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>TM</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>815600E3E9BFBC8FAA85</t>
+          <t>529900EVJZJ9AEQNVL04</t>
         </is>
       </c>
       <c r="B91" t="n">
-        <v>6040</v>
+        <v>1072</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>EQUITA SIM</t>
+          <t>EZPADA AG</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>00010133</t>
+          <t>00010072</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>EURO</t>
-[...12 lines deleted...]
-      <c r="I91" t="inlineStr"/>
+          <t>EZPA</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr"/>
+      <c r="H91" t="inlineStr"/>
+      <c r="I91" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>529900EVJZJ9AEQNVL04</t>
+          <t>969500CFQ6Y55ZPREL74</t>
         </is>
       </c>
       <c r="B92" t="n">
-        <v>1072</v>
+        <v>509</v>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>EZPADA AG</t>
+          <t>FINANCIERE D'UZES</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>00010072</t>
+          <t>00000509</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>EZPA</t>
-[...2 lines deleted...]
-      <c r="G92" t="inlineStr"/>
+          <t>FIUZ</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H92" t="inlineStr"/>
-      <c r="I92" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>969500CFQ6Y55ZPREL74</t>
+          <t>549300L7YCATGO57ZE10</t>
         </is>
       </c>
       <c r="B93" t="n">
-        <v>509</v>
+        <v>3015</v>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>FINANCIERE D'UZES</t>
+          <t>FINECOBANK</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>00000509</t>
+          <t>00000676</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>FIUZ</t>
+          <t>BAFI</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="H93" t="inlineStr"/>
+          <t>GCM,TM</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>549300L7YCATGO57ZE10</t>
+          <t>529900GVB4E3JTDFHA88</t>
         </is>
       </c>
       <c r="B94" t="n">
-        <v>3015</v>
+        <v>9197</v>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>FINECOBANK</t>
+          <t>FINOVESTA GMBH</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>00000676</t>
+          <t>00004296</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>BAFI</t>
+          <t>FINO</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>GCM,TM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>529900GVB4E3JTDFHA88</t>
+          <t>529900MKYC1FZ83V3121</t>
         </is>
       </c>
       <c r="B95" t="n">
-        <v>9197</v>
+        <v>9243</v>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>FINOVESTA GMBH</t>
+          <t>FLATEXDEGIRO BANK AG</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>00004296</t>
+          <t>00004316</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>FINO</t>
+          <t>FLAR</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I95" t="inlineStr"/>
+      <c r="I95" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>529900MKYC1FZ83V3121</t>
+          <t>7245000Q4DDLWDSE0Q38</t>
         </is>
       </c>
       <c r="B96" t="n">
-        <v>9243</v>
+        <v>2946</v>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>FLATEXDEGIRO BANK AG</t>
+          <t>FLORINT B.V.</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>00004316</t>
+          <t>00029467</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>FLAR</t>
+          <t>FLOR</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H96" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="H96" t="inlineStr"/>
+      <c r="I96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>7245000Q4DDLWDSE0Q38</t>
+          <t>549300CLJI9XDH12XV51</t>
         </is>
       </c>
       <c r="B97" t="n">
-        <v>2946</v>
+        <v>4770</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>FLORINT B.V.</t>
+          <t>FLOW TRADERS B.V.</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>00029467</t>
+          <t>00004770,00028036,00004700</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>FLOR</t>
+          <t>FLOW</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H97" t="inlineStr"/>
-      <c r="I97" t="inlineStr"/>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I97" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>549300CLJI9XDH12XV51</t>
+          <t>549300K64LZQW7R9ST34</t>
         </is>
       </c>
       <c r="B98" t="n">
-        <v>4770</v>
+        <v>1089</v>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>FLOW TRADERS B.V.</t>
+          <t>FLOW TRADERS U.S. LLC - DERIVATIVES</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>00004770,00028036,00004700</t>
+          <t>00010089</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>FLOW</t>
-[...6 lines deleted...]
-      </c>
+          <t>FLOT</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>549300K64LZQW7R9ST34</t>
         </is>
       </c>
       <c r="B99" t="n">
-        <v>1089</v>
+        <v>4322</v>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>FLOW TRADERS U.S. LLC - DERIVATIVES</t>
+          <t>FLOW TRADERS US LLC - DERIVATIVES 2</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>00010089</t>
+          <t>00004322</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>US</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>FLOT</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>549300K64LZQW7R9ST34</t>
+          <t>549300P2OO0GKTSE4509</t>
         </is>
       </c>
       <c r="B100" t="n">
-        <v>4322</v>
+        <v>734</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>FLOW TRADERS US LLC - DERIVATIVES 2</t>
+          <t>GELBER COOPERATIEF</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>00004322</t>
+          <t>00000734</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>FLOT</t>
+          <t>GELB</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>549300P2OO0GKTSE4509</t>
+          <t>6354008ZEX1XBUOEUY66</t>
         </is>
       </c>
       <c r="B101" t="n">
-        <v>734</v>
+        <v>4404</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>GELBER COOPERATIEF</t>
+          <t>GENEVA IRELAND FINANCIAL TRADING</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>00000734</t>
+          <t>00004404</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>GELB</t>
+          <t>GIFT</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>6354008ZEX1XBUOEUY66</t>
+          <t>GUNTJCA81C7IHNBGI392</t>
         </is>
       </c>
       <c r="B102" t="n">
-        <v>4404</v>
+        <v>4057</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>GENEVA IRELAND FINANCIAL TRADING</t>
+          <t>GFI SECURITIES</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>00004404</t>
+          <t>00004057</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>GIFT</t>
+          <t>GFIS</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>GUNTJCA81C7IHNBGI392</t>
+          <t>213800PT7RA4T829Q205</t>
         </is>
       </c>
       <c r="B103" t="n">
-        <v>4057</v>
+        <v>8044</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>GFI SECURITIES</t>
+          <t>GOLDENBERG HEHMEYER LLP</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>00004057</t>
+          <t>00004751</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>GFIS</t>
-[...12 lines deleted...]
-      </c>
+          <t>GOLD</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr"/>
+      <c r="I103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>213800PT7RA4T829Q205</t>
+          <t>8IBZUGJ7JPLH368JE346</t>
         </is>
       </c>
       <c r="B104" t="n">
-        <v>8044</v>
+        <v>1239</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>GOLDENBERG HEHMEYER LLP</t>
+          <t>GOLDMAN SACHS BANK EUROPE SE</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>00004751</t>
+          <t>00004426</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>GOLD</t>
+          <t>GSAG</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>TM</t>
-[...3 lines deleted...]
-      <c r="I104" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>8IBZUGJ7JPLH368JE346</t>
+          <t>W22LROWP2IHZNBB6K528</t>
         </is>
       </c>
       <c r="B105" t="n">
-        <v>1239</v>
+        <v>2125</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>GOLDMAN SACHS BANK EUROPE SE</t>
+          <t>GOLDMAN SACHS INTERNATIONAL</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>00004426</t>
+          <t>00000648</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>GSAG</t>
-[...2 lines deleted...]
-      <c r="G105" t="inlineStr">
+          <t>GOSA</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr"/>
+      <c r="H105" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H105" t="inlineStr">
+      <c r="I105" t="inlineStr">
         <is>
           <t>GCM</t>
-        </is>
-[...3 lines deleted...]
-          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>W22LROWP2IHZNBB6K528</t>
+          <t>635400IL71G3SXS7OE16</t>
         </is>
       </c>
       <c r="B106" t="n">
-        <v>2125</v>
+        <v>4421</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>GOLDMAN SACHS INTERNATIONAL</t>
+          <t>GOODBODY STOCKBROKERS UC</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>00000648</t>
+          <t>00004421</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>GOSA</t>
-[...12 lines deleted...]
-      </c>
+          <t>GBSB</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr"/>
+      <c r="I106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>635400IL71G3SXS7OE16</t>
+          <t>549300QITVENB22PDI67</t>
         </is>
       </c>
       <c r="B107" t="n">
-        <v>4421</v>
+        <v>1177</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>GOODBODY STOCKBROKERS UC</t>
+          <t>HEADLANDS TECHNOLOGIES EUROPE BV</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>00004421</t>
+          <t>00010177</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>GBSB</t>
+          <t>HETE</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H107" t="inlineStr"/>
-      <c r="I107" t="inlineStr"/>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>549300QITVENB22PDI67</t>
+          <t>549300JC05VO3FSCPU12</t>
         </is>
       </c>
       <c r="B108" t="n">
-        <v>1177</v>
+        <v>4334</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>HEADLANDS TECHNOLOGIES EUROPE BV</t>
+          <t>HEADLANDS TECHNOLOGIES LLC</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>00010177</t>
+          <t>00004334</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>HETE</t>
-[...6 lines deleted...]
-      </c>
+          <t>HETL</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>549300JC05VO3FSCPU12</t>
+          <t>21380043Y95S8KQ3PA19</t>
         </is>
       </c>
       <c r="B109" t="n">
-        <v>4334</v>
+        <v>4462</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>HEADLANDS TECHNOLOGIES LLC</t>
+          <t>HRTEU LIMITED</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>00004334</t>
+          <t>00010218,00004462</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>HETL</t>
-[...2 lines deleted...]
-      <c r="G109" t="inlineStr"/>
+          <t>HRTE</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>21380043Y95S8KQ3PA19</t>
         </is>
       </c>
       <c r="B110" t="n">
-        <v>4462</v>
+        <v>1090</v>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>HRTEU LIMITED</t>
+          <t>HRTEU LIMITED (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>00010218,00004462</t>
+          <t>00010090</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>HRTE</t>
-[...6 lines deleted...]
-      </c>
+          <t>HRTD</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>21380043Y95S8KQ3PA19</t>
+          <t>MP6I5ZYZBEU3UXPYFY54</t>
         </is>
       </c>
       <c r="B111" t="n">
-        <v>1090</v>
+        <v>3021</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>HRTEU LIMITED (DERIVATIVES)</t>
+          <t>HSBC BANK PLC</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>00010090</t>
+          <t>00004243</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>HRTD</t>
-[...12 lines deleted...]
-      </c>
+          <t>HSMI</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr"/>
+      <c r="I111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>MP6I5ZYZBEU3UXPYFY54</t>
+          <t>F0HUI1NY1AZMJMD8LP67</t>
         </is>
       </c>
       <c r="B112" t="n">
-        <v>3021</v>
+        <v>1225</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>HSBC BANK PLC</t>
+          <t>HSBC CONT EUROPE LCH SA</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>00004243</t>
+          <t>00004464</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>HSMI</t>
+          <t>HSBF</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
       <c r="I112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>F0HUI1NY1AZMJMD8LP67</t>
         </is>
       </c>
       <c r="B113" t="n">
-        <v>1225</v>
+        <v>4464</v>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>HSBC CONT EUROPE LCH SA</t>
+          <t>HSBC CONTINENTAL EUROPE</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>00004464</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>HSBF</t>
-[...8 lines deleted...]
-      <c r="I113" t="inlineStr"/>
+          <t>HSBC</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr"/>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>F0HUI1NY1AZMJMD8LP67</t>
+          <t>549300KKMY8XC2HPZ142</t>
         </is>
       </c>
       <c r="B114" t="n">
-        <v>4464</v>
+        <v>4149</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>HSBC CONTINENTAL EUROPE</t>
+          <t>IBKR FINANCIAL SERVICES</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>00004464</t>
+          <t>00004149</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>HSBC</t>
-[...2 lines deleted...]
-      <c r="G114" t="inlineStr"/>
+          <t>IBKR</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I114" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>549300KKMY8XC2HPZ142</t>
+          <t>NNVPP80YIZGEY2314M97</t>
         </is>
       </c>
       <c r="B115" t="n">
-        <v>4149</v>
+        <v>8000</v>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>IBKR FINANCIAL SERVICES</t>
+          <t>ICCREA BANCA</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>00004149</t>
+          <t>00010134</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>IBKR</t>
+          <t>ICRE</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>TM</t>
-[...11 lines deleted...]
-      </c>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr"/>
+      <c r="I115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>NNVPP80YIZGEY2314M97</t>
+          <t>213800A1PNS41NG89H87</t>
         </is>
       </c>
       <c r="B116" t="n">
-        <v>8000</v>
+        <v>3012</v>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>ICCREA BANCA</t>
+          <t>IMC TRADING B.V.</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>00010134</t>
+          <t>00028248,00029561</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>ICRE</t>
+          <t>IMC</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...3 lines deleted...]
-      <c r="I116" t="inlineStr"/>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>213800A1PNS41NG89H87</t>
+          <t>3TK20IVIUJ8J3ZU0QE75</t>
         </is>
       </c>
       <c r="B117" t="n">
-        <v>3012</v>
+        <v>1022</v>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>IMC TRADING B.V.</t>
+          <t>ING BANK N.V</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>00028248,00029561</t>
+          <t>00000645,00004416,00029110,00029116,00029779,00029111</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>IMC</t>
+          <t>INGB</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I117" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>3TK20IVIUJ8J3ZU0QE75</t>
         </is>
       </c>
       <c r="B118" t="n">
-        <v>1022</v>
+        <v>2914</v>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>ING BANK N.V</t>
+          <t>ING BANK N.V (ONLY DER)</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>00000645,00004416,00029110,00029116,00029779,00029111</t>
+          <t>00029114</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>INGB</t>
-[...6 lines deleted...]
-      </c>
+          <t>INGD</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I118" t="inlineStr"/>
+      <c r="I118" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>3TK20IVIUJ8J3ZU0QE75</t>
+          <t>213800MXAKR2LA1VBM44</t>
         </is>
       </c>
       <c r="B119" t="n">
-        <v>2914</v>
+        <v>2247</v>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>ING BANK N.V (ONLY DER)</t>
-[...6 lines deleted...]
-      </c>
+          <t>INSTINET EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>INGD</t>
-[...12 lines deleted...]
-      </c>
+          <t>INST</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr"/>
+      <c r="I119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>213800MXAKR2LA1VBM44</t>
+          <t>213800A7BEQATAOUAN40</t>
         </is>
       </c>
       <c r="B120" t="n">
-        <v>2247</v>
+        <v>1208</v>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>INSTINET EUROPE LIMITED</t>
-[...2 lines deleted...]
-      <c r="D120" t="inlineStr"/>
+          <t>INSTINET GERMANY GMBH</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>00004463</t>
+        </is>
+      </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>INST</t>
+          <t>INSG</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H120" t="inlineStr"/>
       <c r="I120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>213800A7BEQATAOUAN40</t>
+          <t>815600A17A45C8A95C27</t>
         </is>
       </c>
       <c r="B121" t="n">
-        <v>1208</v>
+        <v>6471</v>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>INSTINET GERMANY GMBH</t>
+          <t>INTEGRAE SIM S.P.A.</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>00004463</t>
+          <t>00010135</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>INSG</t>
+          <t>INTE</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
       <c r="I121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>815600A17A45C8A95C27</t>
+          <t>549300GVM9BQWJXPI223</t>
         </is>
       </c>
       <c r="B122" t="n">
-        <v>6471</v>
+        <v>2520</v>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>INTEGRAE SIM S.P.A.</t>
+          <t>INTERACTIVE BROKERS (UK) LIMITED</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>00010135</t>
+          <t>00010080</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>INTE</t>
+          <t>INTR</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H122" t="inlineStr"/>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>549300GVM9BQWJXPI223</t>
+          <t>5493001B9LDFCQUY9273</t>
         </is>
       </c>
       <c r="B123" t="n">
-        <v>2520</v>
+        <v>1179</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>INTERACTIVE BROKERS (UK) LIMITED</t>
+          <t>INTERACTIVE BROKERS IRELAND LTD</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>00010080</t>
+          <t>00010223</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>INTR</t>
+          <t>IBIE</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I123" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I123" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>5493001B9LDFCQUY9273</t>
+          <t>529900GS9BX04BZ5JP94</t>
         </is>
       </c>
       <c r="B124" t="n">
-        <v>1179</v>
+        <v>1011</v>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>INTERACTIVE BROKERS IRELAND LTD</t>
+          <t>INTERMONEY</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>00010223</t>
+          <t>00010011</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>IBIE</t>
+          <t>INTM</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...11 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr"/>
+      <c r="I124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>529900GS9BX04BZ5JP94</t>
+          <t>YMUU1WGHJKORF9E36I98</t>
         </is>
       </c>
       <c r="B125" t="n">
-        <v>1011</v>
+        <v>6324</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>INTERMONEY</t>
+          <t>INTERMONTE SIM SPA</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>00010011</t>
+          <t>00010136</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>INTM</t>
+          <t>INSE</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H125" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="I125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>YMUU1WGHJKORF9E36I98</t>
+          <t>2W8N8UU78PMDQKZENC08</t>
         </is>
       </c>
       <c r="B126" t="n">
-        <v>6324</v>
+        <v>3069</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>INTERMONTE SIM SPA</t>
+          <t>INTESA SANPAOLO</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>00010136</t>
+          <t>00000465,00004121,00010154</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>INSE</t>
+          <t>BINT</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM,ICM</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="I126" t="inlineStr"/>
+          <t>GCM,TM</t>
+        </is>
+      </c>
+      <c r="I126" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>2W8N8UU78PMDQKZENC08</t>
         </is>
       </c>
       <c r="B127" t="n">
-        <v>3069</v>
+        <v>1236</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>INTESA SANPAOLO</t>
+          <t>INTESA SANPAOLO - BANCA DEI TERRITORI</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>00000465,00004121,00010154</t>
+          <t>00010154</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>BINT</t>
+          <t>IBDT</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>GCM,ICM</t>
-[...11 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr"/>
+      <c r="I127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>2W8N8UU78PMDQKZENC08</t>
+          <t>969500JAO8NC3167JL27</t>
         </is>
       </c>
       <c r="B128" t="n">
-        <v>1236</v>
+        <v>475</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>INTESA SANPAOLO - BANCA DEI TERRITORI</t>
+          <t>INVEST SECURITIES</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>00010154</t>
+          <t>00000475</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>IBDT</t>
+          <t>INVS</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H128" t="inlineStr"/>
       <c r="I128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>969500JAO8NC3167JL27</t>
+          <t>635400LI4QMLUFFT9Y68</t>
         </is>
       </c>
       <c r="B129" t="n">
-        <v>475</v>
+        <v>4422</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>INVEST SECURITIES</t>
+          <t>INVESTEC EUROPE LIMITED</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>00000475</t>
+          <t>00004422</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>INVS</t>
+          <t>INVE</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H129" t="inlineStr"/>
       <c r="I129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>635400LI4QMLUFFT9Y68</t>
+          <t>63540061DPCBNMCGRY22</t>
         </is>
       </c>
       <c r="B130" t="n">
-        <v>4422</v>
+        <v>4424</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>INVESTEC EUROPE LIMITED</t>
+          <t>J&amp;E DAVY ULC</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>00004422</t>
+          <t>00004424</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>INVE</t>
+          <t>JEDA</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H130" t="inlineStr"/>
       <c r="I130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>63540061DPCBNMCGRY22</t>
+          <t>549300ZHEHX8M31RP142</t>
         </is>
       </c>
       <c r="B131" t="n">
-        <v>4424</v>
+        <v>1220</v>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>J&amp;E DAVY ULC</t>
+          <t>JANE STREET FIN LTD</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>00004424</t>
+          <t>00010161,00010001</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>JEDA</t>
+          <t>JSFL</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
       <c r="I131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>549300ZHEHX8M31RP142</t>
+          <t>5493008S1CW8VJ3GVF84</t>
         </is>
       </c>
       <c r="B132" t="n">
-        <v>1220</v>
+        <v>4207</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>JANE STREET FIN LTD</t>
+          <t>JB CAPITAL MARKETS SV SA</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>00010161,00010001</t>
+          <t>00004207</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>JSFL</t>
+          <t>JBCM</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
       <c r="I132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>5493008S1CW8VJ3GVF84</t>
+          <t>S5THZMDUJCTQZBTRVI98</t>
         </is>
       </c>
       <c r="B133" t="n">
-        <v>4207</v>
+        <v>8034</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>JB CAPITAL MARKETS SV SA</t>
+          <t>JEFFERIES INTERNATIONAL LTD</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>00004207</t>
+          <t>00004063</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>JBCM</t>
+          <t>JEFF</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H133" t="inlineStr"/>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>S5THZMDUJCTQZBTRVI98</t>
+          <t>549300ZK53CNGEEI6A29</t>
         </is>
       </c>
       <c r="B134" t="n">
-        <v>8034</v>
+        <v>4398</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>JEFFERIES INTERNATIONAL LTD</t>
+          <t>JP MORGAN SE</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>00004063</t>
+          <t>00004398</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>JEFF</t>
+          <t>JPMO</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I134" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I134" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>549300ZK53CNGEEI6A29</t>
+          <t>549300HFXRW8BZRK3J17</t>
         </is>
       </c>
       <c r="B135" t="n">
-        <v>4398</v>
+        <v>1087</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>JP MORGAN SE</t>
+          <t>JUMP TRADING EUROPE B.V.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>00004398</t>
+          <t>00010087</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>JPMO</t>
-[...6 lines deleted...]
-      </c>
+          <t>JUMP</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I135" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>549300HFXRW8BZRK3J17</t>
         </is>
       </c>
       <c r="B136" t="n">
-        <v>1087</v>
+        <v>3870</v>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>JUMP TRADING EUROPE B.V.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>00010087</t>
+          <t>00010036,00004447,00004467</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>JUMP</t>
-[...2 lines deleted...]
-      <c r="G136" t="inlineStr"/>
+          <t>JUTE</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I136" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>549300HFXRW8BZRK3J17</t>
+          <t>6B2PBRV1FCJDMR45RZ53</t>
         </is>
       </c>
       <c r="B137" t="n">
-        <v>3870</v>
+        <v>3420</v>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>JUMP TRADING EUROPE B.V.</t>
+          <t>KBC BANK NV</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>00010036,00004447,00004467</t>
+          <t>00003420</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>JUTE</t>
+          <t>KBC</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I137" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>6B2PBRV1FCJDMR45RZ53</t>
+          <t>2138005SP78ELT822P61</t>
         </is>
       </c>
       <c r="B138" t="n">
-        <v>3420</v>
+        <v>1881</v>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>KBC BANK NV</t>
+          <t>KBC SECURITIES</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>00003420</t>
+          <t>00001881</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>BE</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>KBC</t>
+          <t>KBCS</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr"/>
       <c r="I138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>2138005SP78ELT822P61</t>
+          <t>72450015ICZPNU5UOP87</t>
         </is>
       </c>
       <c r="B139" t="n">
-        <v>1881</v>
+        <v>4712</v>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>KBC SECURITIES</t>
+          <t>KEMP TRADING B.V.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>00001881</t>
+          <t>00004712</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>KBCS</t>
+          <t>KEMP</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H139" t="inlineStr"/>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>72450015ICZPNU5UOP87</t>
+          <t>9695005EOZG9X8IRJD84</t>
         </is>
       </c>
       <c r="B140" t="n">
-        <v>4712</v>
+        <v>2132</v>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>KEMP TRADING B.V.</t>
+          <t>KEPLER CHEVREUX</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>00004712</t>
+          <t>00004319,00000639</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>KEMP</t>
+          <t>JUBI</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H140" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H140" t="inlineStr"/>
       <c r="I140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>9695005EOZG9X8IRJD84</t>
+          <t>1ZU7M6R6N6PXYJ6V0C83</t>
         </is>
       </c>
       <c r="B141" t="n">
-        <v>2132</v>
+        <v>366</v>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>KEPLER CHEVREUX</t>
+          <t>KYTE BROKING LTD</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>00004319,00000639</t>
+          <t>00000366</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>JUBI</t>
-[...8 lines deleted...]
-      <c r="I141" t="inlineStr"/>
+          <t>KYTE</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr"/>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I141" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>1ZU7M6R6N6PXYJ6V0C83</t>
+          <t>549300AKYALVKKLSOF08</t>
         </is>
       </c>
       <c r="B142" t="n">
-        <v>366</v>
+        <v>1539</v>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>KYTE BROKING LTD</t>
+          <t>LELEUX ASSOCIATED BROKERS</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>00000366</t>
+          <t>00001539</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>KYTE</t>
-[...2 lines deleted...]
-      <c r="G142" t="inlineStr"/>
+          <t>LELU</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H142" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="I142" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>549300AKYALVKKLSOF08</t>
+          <t>549300E5ENQVY2IBLF67</t>
         </is>
       </c>
       <c r="B143" t="n">
-        <v>1539</v>
+        <v>1271</v>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>LELEUX ASSOCIATED BROKERS</t>
+          <t>MACQUARIE BANK EUROPE DAC</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>00001539</t>
+          <t>00010271</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>LELU</t>
-[...6 lines deleted...]
-      </c>
+          <t>MACQ</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I143" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>549300E5ENQVY2IBLF67</t>
+          <t>213800LFPK48IEQQW552</t>
         </is>
       </c>
       <c r="B144" t="n">
-        <v>1271</v>
+        <v>4429</v>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>MACQUARIE BANK EUROPE DAC</t>
+          <t>MAKO DERIVATIVES AMSTERDAM B.V.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>00010271</t>
+          <t>00004429</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>MACQ</t>
-[...2 lines deleted...]
-      <c r="G144" t="inlineStr"/>
+          <t>MAKO</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I144" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>213800LFPK48IEQQW552</t>
+          <t>2138008VIMXS2JH9RM85</t>
         </is>
       </c>
       <c r="B145" t="n">
-        <v>4429</v>
+        <v>440</v>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>MAKO DERIVATIVES AMSTERDAM B.V.</t>
+          <t>MAKO GLOBAL DERIVATIVES PARTNERSHIP</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>00004429</t>
+          <t>00000440</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>MAKO</t>
-[...6 lines deleted...]
-      </c>
+          <t>MAGD</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>2138008VIMXS2JH9RM85</t>
+          <t>5493003EETVWYSIJ5A20</t>
         </is>
       </c>
       <c r="B146" t="n">
-        <v>440</v>
+        <v>661</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>MAKO GLOBAL DERIVATIVES PARTNERSHIP</t>
+          <t>MAREX FINANCIAL</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>00000440</t>
+          <t>00000661</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>MAGD</t>
+          <t>MARE</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I146" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>5493003EETVWYSIJ5A20</t>
+          <t>969500AMLHB21RACL168</t>
         </is>
       </c>
       <c r="B147" t="n">
-        <v>661</v>
+        <v>4052</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>MAREX FINANCIAL</t>
+          <t>MAREX SA</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>00000661</t>
+          <t>00004052</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>MARE</t>
+          <t>MASA</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>969500AMLHB21RACL168</t>
+          <t>213800YRA1J9QFBMU217</t>
         </is>
       </c>
       <c r="B148" t="n">
-        <v>4052</v>
+        <v>1058</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>MAREX SA</t>
+          <t>MARIANA UFP LLP</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>00004052</t>
+          <t>00010058</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>MASA</t>
+          <t>MARI</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I148" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>213800YRA1J9QFBMU217</t>
+          <t>969500FWB6L4IMCWRO70</t>
         </is>
       </c>
       <c r="B149" t="n">
-        <v>1058</v>
+        <v>1018</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>MARIANA UFP LLP</t>
+          <t>MARKET SECURITIES (FRANCE) SA</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>00010058</t>
+          <t>00010018</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>MARI</t>
+          <t>MKTS</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I149" t="inlineStr"/>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>969500FWB6L4IMCWRO70</t>
+          <t>549300HNOCFVJN7H7J64</t>
         </is>
       </c>
       <c r="B150" t="n">
-        <v>1018</v>
+        <v>2891</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>MARKET SECURITIES (FRANCE) SA</t>
+          <t>MARKET WIZARDS B.V.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>00010018</t>
+          <t>00028648,00028091</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>MKTS</t>
-[...12 lines deleted...]
-      </c>
+          <t>WIZA</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H150" t="inlineStr"/>
+      <c r="I150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>549300HNOCFVJN7H7J64</t>
         </is>
       </c>
       <c r="B151" t="n">
-        <v>2891</v>
+        <v>2868</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>MARKET WIZARDS B.V.</t>
+          <t>MARKET WIZARDS B.V. (ONLY DER 2)</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>00028648,00028091</t>
+          <t>00028648</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>WIZA</t>
-[...7 lines deleted...]
-      <c r="H151" t="inlineStr"/>
+          <t>WIZD</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr"/>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>549300HNOCFVJN7H7J64</t>
         </is>
       </c>
       <c r="B152" t="n">
-        <v>2868</v>
+        <v>2809</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>MARKET WIZARDS B.V. (ONLY DER 2)</t>
+          <t>MARKET WIZARDS B.V. (ONLY DER)</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>00028648</t>
+          <t>00028091</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>WIZD</t>
+          <t>MWIZ</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>549300HNOCFVJN7H7J64</t>
+          <t>254900GU6V65CVE9F170</t>
         </is>
       </c>
       <c r="B153" t="n">
-        <v>2809</v>
+        <v>1227</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>MARKET WIZARDS B.V. (ONLY DER)</t>
+          <t>MAVEN DERIVATIVES AM</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>00028091</t>
+          <t>00004479</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>MWIZ</t>
+          <t>MADA</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>254900GU6V65CVE9F170</t>
+          <t>PSNL19R2RXX5U3QWHI44</t>
         </is>
       </c>
       <c r="B154" t="n">
-        <v>1227</v>
+        <v>631</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>MAVEN DERIVATIVES AM</t>
+          <t>MEDIOBANCA - BANCA DI CREDITO FINANZIARIO</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>00004479</t>
+          <t>00004114</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>MADA</t>
-[...2 lines deleted...]
-      <c r="G154" t="inlineStr"/>
+          <t>MEDI</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>ICM,TM</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="I154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>PSNL19R2RXX5U3QWHI44</t>
+          <t>GGDZP1UYGU9STUHRDP48</t>
         </is>
       </c>
       <c r="B155" t="n">
-        <v>631</v>
+        <v>2097</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>MEDIOBANCA - BANCA DI CREDITO FINANZIARIO</t>
+          <t>MERRILL LYNCH INTERNATIONAL</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>00004114</t>
+          <t>00000640,00000516</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>MEDI</t>
+          <t>MELI</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>ICM,TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="I155" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>GGDZP1UYGU9STUHRDP48</t>
+          <t>213800GK3K7QZWWKXU03</t>
         </is>
       </c>
       <c r="B156" t="n">
-        <v>2097</v>
+        <v>8035</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>MERRILL LYNCH INTERNATIONAL</t>
+          <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>00000640,00000516</t>
+          <t>00010137</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>MELI</t>
+          <t>METH</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>213800GK3K7QZWWKXU03</t>
+          <t>724500LGY9DFI3QOGR89</t>
         </is>
       </c>
       <c r="B157" t="n">
-        <v>8035</v>
+        <v>4351</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
+          <t>MINT TOWER CAPITAL MANAGEMENT B.V.</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>00010137</t>
+          <t>00004351</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>METH</t>
+          <t>MINT</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>724500LGY9DFI3QOGR89</t>
+          <t>815600BCEA4EE8F02106</t>
         </is>
       </c>
       <c r="B158" t="n">
-        <v>4351</v>
+        <v>6495</v>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>MINT TOWER CAPITAL MANAGEMENT B.V.</t>
+          <t>MIT SIM S.P.A.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>00004351</t>
+          <t>00010132</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>MINT</t>
+          <t>MITS</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H158" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H158" t="inlineStr"/>
       <c r="I158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>815600BCEA4EE8F02106</t>
+          <t>7TK5RJIZDFROZCA6XF66</t>
         </is>
       </c>
       <c r="B159" t="n">
-        <v>6495</v>
+        <v>4275</v>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>MIT SIM S.P.A.</t>
+          <t>MIZUHO SECURITIES USA LLC</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>00010132</t>
+          <t>00004275</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>MITS</t>
-[...8 lines deleted...]
-      <c r="I159" t="inlineStr"/>
+          <t>MIZU</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr"/>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>7TK5RJIZDFROZCA6XF66</t>
+          <t>724500X1AMCX5YU3KG19</t>
         </is>
       </c>
       <c r="B160" t="n">
-        <v>4275</v>
+        <v>4195</v>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>MIZUHO SECURITIES USA LLC</t>
+          <t>MMX TRADING B.V.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>00004275</t>
+          <t>00004195</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>MIZU</t>
+          <t>MMXT</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I160" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>724500X1AMCX5YU3KG19</t>
+          <t>54930056FHWP7GIWYY08</t>
         </is>
       </c>
       <c r="B161" t="n">
-        <v>4195</v>
+        <v>1145</v>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>MMX TRADING B.V.</t>
+          <t>MORGAN STANLEY EUROPE SE</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>00004195</t>
+          <t>00004399</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>MMXT</t>
-[...2 lines deleted...]
-      <c r="G161" t="inlineStr"/>
+          <t>MSES</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I161" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I161" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>54930056FHWP7GIWYY08</t>
+          <t>7245009EQOA9YHDR1W03</t>
         </is>
       </c>
       <c r="B162" t="n">
-        <v>1145</v>
+        <v>2846</v>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>MORGAN STANLEY EUROPE SE</t>
+          <t>MUNNIK OPTIES EN FUTURES TRADING B.V.</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>00004399</t>
+          <t>00028465</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>MSES</t>
+          <t>MUNN</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>7245009EQOA9YHDR1W03</t>
+          <t>KX1WK48MPD4Y2NCUIZ63</t>
         </is>
       </c>
       <c r="B163" t="n">
-        <v>2846</v>
+        <v>1148</v>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>MUNNIK OPTIES EN FUTURES TRADING B.V.</t>
+          <t>NATIXIS</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>00028465</t>
+          <t>00004725,00000697</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>MUNN</t>
+          <t>NTXS</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H163" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H163" t="inlineStr"/>
       <c r="I163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>KX1WK48MPD4Y2NCUIZ63</t>
         </is>
       </c>
       <c r="B164" t="n">
-        <v>1148</v>
+        <v>697</v>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>NATIXIS</t>
+          <t>NATIXIS (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>00004725,00000697</t>
+          <t>00000697</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>NTXS</t>
-[...7 lines deleted...]
-      <c r="H164" t="inlineStr"/>
+          <t>NATD</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr"/>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>ICM,TM</t>
+        </is>
+      </c>
       <c r="I164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>KX1WK48MPD4Y2NCUIZ63</t>
+          <t>5493009W2E2YDCXY6S81</t>
         </is>
       </c>
       <c r="B165" t="n">
-        <v>697</v>
+        <v>1002</v>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>NATIXIS (DERIVATIVES)</t>
+          <t>NOVO BANCO</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>00000697</t>
+          <t>00010022</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>NATD</t>
-[...7 lines deleted...]
-      </c>
+          <t>NOVO</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr"/>
       <c r="I165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>5493009W2E2YDCXY6S81</t>
+          <t>9695002I9DJHZ3449O66</t>
         </is>
       </c>
       <c r="B166" t="n">
-        <v>1002</v>
+        <v>585</v>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>NOVO BANCO</t>
+          <t>ODDO BHF SCA</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>00010022</t>
+          <t>00000585</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>NOVO</t>
+          <t>ODDO</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
       <c r="I166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>9695002I9DJHZ3449O66</t>
+          <t>549300WT0R7JM2KQSF84</t>
         </is>
       </c>
       <c r="B167" t="n">
-        <v>585</v>
+        <v>1345</v>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>ODDO BHF SCA</t>
+          <t>OPTIVER TRADING US LLC</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>00000585</t>
+          <t>00010345</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>ODDO</t>
-[...6 lines deleted...]
-      </c>
+          <t>OPUS</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
-      <c r="I167" t="inlineStr"/>
+      <c r="I167" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>7245009KRYSAYB2QCC29</t>
         </is>
       </c>
       <c r="B168" t="n">
         <v>2810</v>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>OPTIVER V.O.F.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>00000677</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
@@ -12553,51 +12559,51 @@
           <t>GCM</t>
         </is>
       </c>
       <c r="I195" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>635400IAV22ZOU1NFS89</t>
         </is>
       </c>
       <c r="B196" t="n">
         <v>2769</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
           <t>SUSQUEHANNA INTL</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>00004120,00004349,00010103</t>
+          <t>00004120,00004349,00010103,00010339</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>SUSQ</t>
         </is>
       </c>
       <c r="G196" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H196" t="inlineStr"/>
       <c r="I196" t="inlineStr"/>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
           <t>635400IAV22ZOU1NFS89</t>
         </is>
@@ -12897,1084 +12903,762 @@
       <c r="E204" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>TPIB</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I204" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>549300F4KDOG87FLOP12</t>
+          <t>969500ULC0Y1IG0A4O72</t>
         </is>
       </c>
       <c r="B205" t="n">
-        <v>729</v>
+        <v>523</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>TRADELINK LLC</t>
+          <t>TRADITION SECURITIES AND FUTURES (TSAF)</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>00000729</t>
+          <t>00000527,00000523</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>TRLI</t>
-[...2 lines deleted...]
-      <c r="G205" t="inlineStr"/>
+          <t>TRSF</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H205" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I205" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>969500ULC0Y1IG0A4O72</t>
+          <t>213800E2SZNUU4RYCC08</t>
         </is>
       </c>
       <c r="B206" t="n">
-        <v>523</v>
+        <v>245</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>TRADITION SECURITIES AND FUTURES (TSAF)</t>
+          <t>TRINITY HILL CAPITAL MANAGEMENT</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>00000527,00000523</t>
+          <t>00010245</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>JE</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>TRSF</t>
-[...6 lines deleted...]
-      </c>
+          <t>THCM</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I206" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I206" t="inlineStr"/>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>213800E2SZNUU4RYCC08</t>
+          <t>5299007QVIQ7IO64NX37</t>
         </is>
       </c>
       <c r="B207" t="n">
-        <v>245</v>
+        <v>1260</v>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>TRINITY HILL CAPITAL MANAGEMENT</t>
+          <t>UBS EUROPE SE</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>00010245</t>
+          <t>00004406</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>JE</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>THCM</t>
-[...7 lines deleted...]
-      </c>
+          <t>UBSL</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H207" t="inlineStr"/>
       <c r="I207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
           <t>5299007QVIQ7IO64NX37</t>
         </is>
       </c>
       <c r="B208" t="n">
-        <v>1260</v>
+        <v>336</v>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>UBS EUROPE SE</t>
+          <t>UBS EUROPE SE (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
           <t>00004406</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>UBSL</t>
-[...8 lines deleted...]
-      <c r="I208" t="inlineStr"/>
+          <t>UBSE</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr"/>
+      <c r="H208" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I208" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>5299007QVIQ7IO64NX37</t>
+          <t>50670029C9OFTU6NFN86</t>
         </is>
       </c>
       <c r="B209" t="n">
-        <v>336</v>
+        <v>1039</v>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>UBS EUROPE SE (DERIVATIVES)</t>
+          <t>UG EUROPE AG</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>00004406</t>
+          <t>00010039</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>UBSE</t>
-[...12 lines deleted...]
-      </c>
+          <t>UGEU</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr"/>
+      <c r="I209" t="inlineStr"/>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>50670029C9OFTU6NFN86</t>
+          <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="B210" t="n">
-        <v>1039</v>
+        <v>1310</v>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>UG EUROPE AG</t>
+          <t>UNICREDIT BANK GMBH</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>00010039</t>
+          <t>00000695</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>UGEU</t>
+          <t>UBAG</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H210" t="inlineStr"/>
       <c r="I210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
           <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="B211" t="n">
-        <v>1310</v>
+        <v>695</v>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>UNICREDIT BANK GMBH</t>
+          <t>UNICREDIT BANK GMBH (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
           <t>00000695</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>UBAG</t>
-[...8 lines deleted...]
-      <c r="I211" t="inlineStr"/>
+          <t>UCBD</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr"/>
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I211" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="B212" t="n">
-        <v>695</v>
+        <v>3081</v>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>UNICREDIT BANK GMBH (DERIVATIVES)</t>
+          <t>UNICREDIT GMBH MILAN BRANCH</t>
         </is>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>00000695</t>
+          <t>00010153</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>UCBD</t>
-[...12 lines deleted...]
-      </c>
+          <t>BAYE</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H212" t="inlineStr"/>
+      <c r="I212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>2ZCNRR8UK83OBTEK2170</t>
+          <t>549300TRUWO2CD2G5692</t>
         </is>
       </c>
       <c r="B213" t="n">
-        <v>3081</v>
+        <v>9250</v>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>UNICREDIT GMBH MILAN BRANCH</t>
+          <t>UNICREDIT SPA</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>00010153</t>
+          <t>00010236,00010237</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>BAYE</t>
+          <t>UNID</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H213" t="inlineStr"/>
       <c r="I213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
           <t>549300TRUWO2CD2G5692</t>
         </is>
       </c>
       <c r="B214" t="n">
-        <v>9250</v>
+        <v>3135</v>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>UNICREDIT SPA</t>
-[...6 lines deleted...]
-      </c>
+          <t>UNICREDIT SPA (PURE CLEARER)</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr"/>
       <c r="E214" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>UNID</t>
+          <t>UNIC</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H214" t="inlineStr"/>
       <c r="I214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>549300TRUWO2CD2G5692</t>
+          <t>724500P0J5GAVK80H143</t>
         </is>
       </c>
       <c r="B215" t="n">
-        <v>3135</v>
+        <v>9199</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>UNICREDIT SPA (PURE CLEARER)</t>
-[...2 lines deleted...]
-      <c r="D215" t="inlineStr"/>
+          <t>UTR8 B.V.</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>00004379</t>
+        </is>
+      </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>UNIC</t>
+          <t>UTR8</t>
         </is>
       </c>
       <c r="G215" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H215" t="inlineStr"/>
       <c r="I215" t="inlineStr"/>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>724500P0J5GAVK80H143</t>
+          <t>724500D8WOYCL1BUCB80</t>
         </is>
       </c>
       <c r="B216" t="n">
-        <v>9199</v>
+        <v>2983</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>UTR8 B.V.</t>
+          <t>VAN LANSCHOT KEMPEN NV</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>00004379</t>
+          <t>00029183</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>UTR8</t>
+          <t>VANL</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H216" t="inlineStr"/>
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>724500D8WOYCL1BUCB80</t>
+          <t>2138007ZHUXSGBB53N72</t>
         </is>
       </c>
       <c r="B217" t="n">
-        <v>2983</v>
+        <v>8064</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>VAN LANSCHOT KEMPEN NV</t>
+          <t>VANTAGE CAPITAL MARK</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>00029183</t>
+          <t>00004365</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>VANL</t>
-[...6 lines deleted...]
-      </c>
+          <t>VANT</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I217" t="inlineStr"/>
+      <c r="I217" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>2138007ZHUXSGBB53N72</t>
+          <t>213800EEC95PRUCEUP63</t>
         </is>
       </c>
       <c r="B218" t="n">
-        <v>8064</v>
+        <v>1231</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>VANTAGE CAPITAL MARK</t>
+          <t>VIRTU EUROPE TRADING LIMITED</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>00004365</t>
+          <t>00000493,00010081</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>VANT</t>
-[...12 lines deleted...]
-      </c>
+          <t>VITG</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H218" t="inlineStr"/>
+      <c r="I218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>213800EEC95PRUCEUP63</t>
+          <t>549300XG5LFGN1IGYC71</t>
         </is>
       </c>
       <c r="B219" t="n">
-        <v>1231</v>
+        <v>9110</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>VIRTU EUROPE TRADING LIMITED</t>
+          <t>VIRTU FINANCIAL IRELAND LIMITED</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>00000493,00010081</t>
+          <t>00004743</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>VITG</t>
+          <t>VIRT</t>
         </is>
       </c>
       <c r="G219" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H219" t="inlineStr"/>
-      <c r="I219" t="inlineStr"/>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I219" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>549300XG5LFGN1IGYC71</t>
+          <t>724500VR7OURFA1R7694</t>
         </is>
       </c>
       <c r="B220" t="n">
-        <v>9110</v>
+        <v>8045</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>VIRTU FINANCIAL IRELAND LIMITED</t>
+          <t>WEBB TRADERS B.V.</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>00004743</t>
+          <t>00004748</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>VIRT</t>
+          <t>WETR</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I220" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I220" t="inlineStr"/>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>724500VR7OURFA1R7694</t>
+          <t>2138008NIL42YTU4S857</t>
         </is>
       </c>
       <c r="B221" t="n">
-        <v>8045</v>
+        <v>4059</v>
       </c>
       <c r="C221" t="inlineStr">
         <is>
-          <t>WEBB TRADERS B.V.</t>
+          <t>XCONNECT TRADING LIMITED</t>
         </is>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>00004748</t>
+          <t>00004059</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
-          <t>WETR</t>
-[...6 lines deleted...]
-      </c>
+          <t>XCON</t>
+        </is>
+      </c>
+      <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I221" t="inlineStr"/>
+      <c r="I221" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>2138008NIL42YTU4S857</t>
+          <t>213800J256ZBGMGZLV44</t>
         </is>
       </c>
       <c r="B222" t="n">
-        <v>4059</v>
+        <v>4465</v>
       </c>
       <c r="C222" t="inlineStr">
         <is>
-          <t>XCONNECT TRADING LIMITED</t>
+          <t>XTX MARKETS SAS</t>
         </is>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>00004059</t>
+          <t>00004465</t>
         </is>
       </c>
       <c r="E222" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F222" t="inlineStr">
         <is>
-          <t>XCON</t>
-[...2 lines deleted...]
-      <c r="G222" t="inlineStr"/>
+          <t>XTXM</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H222" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I222" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
-    <row r="223">
-[...43 lines deleted...]
-    </row>
+    <row r="223"/>
     <row r="224"/>
     <row r="225"/>
     <row r="226"/>
-    <row r="227"/>
-[...3 lines deleted...]
-          <t>List effective as of 20251103</t>
+    <row r="227">
+      <c r="A227" s="2" t="inlineStr">
+        <is>
+          <t>List effective as of 20260203</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
-</file>
-[...271 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE288FEC-5C75-4B8B-9AA4-30C8171E667A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...2 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>