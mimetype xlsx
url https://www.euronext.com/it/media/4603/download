--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -1,183 +1,4423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
-  <workbookProtection/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\GPortaluri\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3C452294-7152-48ED-977C-617E563E2B70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Italian_Markets" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Euronext_Markets" sheetId="2" state="visible" r:id="rId2"/>
+    <sheet name="Italian_Markets" sheetId="1" r:id="rId1"/>
+    <sheet name="Euronext_Markets" sheetId="2" r:id="rId2"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="124519" fullCalcOnLoad="1"/>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2604" uniqueCount="1425">
+  <si>
+    <t>CED_CODE</t>
+  </si>
+  <si>
+    <t>PARTICIPANT_NAME</t>
+  </si>
+  <si>
+    <t>PARTICIPANT_MNEMONIC</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>COUNTRY</t>
+  </si>
+  <si>
+    <t>CLEARING_CODE</t>
+  </si>
+  <si>
+    <t>ABI_CODE</t>
+  </si>
+  <si>
+    <t>BITA_BOND_WHOLESALE</t>
+  </si>
+  <si>
+    <t>BITA_BOND_RETAIL</t>
+  </si>
+  <si>
+    <t>BITA_BOND_ICSD</t>
+  </si>
+  <si>
+    <t>00001133</t>
+  </si>
+  <si>
+    <t>ABN AMRO CLEARING BANK N.V.</t>
+  </si>
+  <si>
+    <t>FORT</t>
+  </si>
+  <si>
+    <t>G8ZTNESVNKW4NN761W05</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>GCM</t>
+  </si>
+  <si>
+    <t>00001773</t>
+  </si>
+  <si>
+    <t>00008401</t>
+  </si>
+  <si>
+    <t>BANCA AGRICOLA POPOLARE DI SICILIA SCPA</t>
+  </si>
+  <si>
+    <t>BAPR</t>
+  </si>
+  <si>
+    <t>8156008B43CE788F4932</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>ICM</t>
+  </si>
+  <si>
+    <t>00001994</t>
+  </si>
+  <si>
+    <t>BANCA AKROS</t>
+  </si>
+  <si>
+    <t>AKMO</t>
+  </si>
+  <si>
+    <t>549300GRXFI7D6PNEA68</t>
+  </si>
+  <si>
+    <t>00009112</t>
+  </si>
+  <si>
+    <t>BANCA AKROS S.P.A. 2ND CED</t>
+  </si>
+  <si>
+    <t>BAKI</t>
+  </si>
+  <si>
+    <t>TC</t>
+  </si>
+  <si>
+    <t>00009323</t>
+  </si>
+  <si>
+    <t>BANCA C.R. ASTI</t>
+  </si>
+  <si>
+    <t>CAST</t>
+  </si>
+  <si>
+    <t>81560027D07F9BDB8436</t>
+  </si>
+  <si>
+    <t>00002470</t>
+  </si>
+  <si>
+    <t>BANCA CAMBIANO 1884 S.P.A.</t>
+  </si>
+  <si>
+    <t>INVE</t>
+  </si>
+  <si>
+    <t>8156007395B20763EB44</t>
+  </si>
+  <si>
+    <t>00003978</t>
+  </si>
+  <si>
+    <t>BANCA D'ITALIA POLITICA MONETARIA</t>
+  </si>
+  <si>
+    <t>BDPM</t>
+  </si>
+  <si>
+    <t>00002657</t>
+  </si>
+  <si>
+    <t>BANCA DEL FUCINO S.P.A.</t>
+  </si>
+  <si>
+    <t>BFUC</t>
+  </si>
+  <si>
+    <t>81560022B9E404DCD679</t>
+  </si>
+  <si>
+    <t>00003301</t>
+  </si>
+  <si>
+    <t>BANCA DEL PIEMONTE</t>
+  </si>
+  <si>
+    <t>BCP</t>
+  </si>
+  <si>
+    <t>8156009D703BF86C6880</t>
+  </si>
+  <si>
+    <t>00007070</t>
+  </si>
+  <si>
+    <t>BANCA DI CIVIDALE S.P.A.</t>
+  </si>
+  <si>
+    <t>BCIV</t>
+  </si>
+  <si>
+    <t>549300B0FLNFTFYQDJ30</t>
+  </si>
+  <si>
+    <t>00007502</t>
+  </si>
+  <si>
+    <t>BANCA DI PIACENZA S.C.P.A.</t>
+  </si>
+  <si>
+    <t>POPC</t>
+  </si>
+  <si>
+    <t>815600CCA0900A16F311</t>
+  </si>
+  <si>
+    <t>00000560</t>
+  </si>
+  <si>
+    <t>BANCA FINNAT EURAMERICA SPA</t>
+  </si>
+  <si>
+    <t>BFNE</t>
+  </si>
+  <si>
+    <t>815600835712F7BA2869</t>
+  </si>
+  <si>
+    <t>00000547</t>
+  </si>
+  <si>
+    <t>BANCA GENERALI SPA</t>
+  </si>
+  <si>
+    <t>BANG</t>
+  </si>
+  <si>
+    <t>815600903231FA2E7698</t>
+  </si>
+  <si>
+    <t>00003526</t>
+  </si>
+  <si>
+    <t>BANCA IFIS SPA</t>
+  </si>
+  <si>
+    <t>BIFI</t>
+  </si>
+  <si>
+    <t>8156005420362AE59184</t>
+  </si>
+  <si>
+    <t>00004197</t>
+  </si>
+  <si>
+    <t>BANCA INVESTIS S.P.A.</t>
+  </si>
+  <si>
+    <t>INTM</t>
+  </si>
+  <si>
+    <t>RY3KI4Q2655O2GIL8D68</t>
+  </si>
+  <si>
+    <t>00001740</t>
+  </si>
+  <si>
+    <t>BANCA MEDIOLANUM SPA</t>
+  </si>
+  <si>
+    <t>BMED</t>
+  </si>
+  <si>
+    <t>7LVZJ6XRIE7VNZ4UBX81</t>
+  </si>
+  <si>
+    <t>00000357</t>
+  </si>
+  <si>
+    <t>BANCA MONTE DEI PASCHI DI SIENA SPA</t>
+  </si>
+  <si>
+    <t>MPS</t>
+  </si>
+  <si>
+    <t>J4CP7MHCXR8DAQMKIL78</t>
+  </si>
+  <si>
+    <t>00004306</t>
+  </si>
+  <si>
+    <t>BANCA PASSADORE &amp; C. SPA</t>
+  </si>
+  <si>
+    <t>PASS</t>
+  </si>
+  <si>
+    <t>815600EB9E6DCD050385</t>
+  </si>
+  <si>
+    <t>00009309</t>
+  </si>
+  <si>
+    <t>BANCA POPOLARE ALTO ADIGE</t>
+  </si>
+  <si>
+    <t>POAA</t>
+  </si>
+  <si>
+    <t>52990033C5FUEN4LMC06</t>
+  </si>
+  <si>
+    <t>00002487</t>
+  </si>
+  <si>
+    <t>BANCA POPOLARE DEL LAZIO</t>
+  </si>
+  <si>
+    <t>PLAZ</t>
+  </si>
+  <si>
+    <t>815600FDD3EB3EA03194</t>
+  </si>
+  <si>
+    <t>00005554</t>
+  </si>
+  <si>
+    <t>BANCA POPOLARE DI LAJATICO S.C.P.A.</t>
+  </si>
+  <si>
+    <t>BPLA</t>
+  </si>
+  <si>
+    <t>815600767C6E914C7139</t>
+  </si>
+  <si>
+    <t>00000880</t>
+  </si>
+  <si>
+    <t>BANCA POPOLARE DI SONDRIO S.P.A.</t>
+  </si>
+  <si>
+    <t>POSO</t>
+  </si>
+  <si>
+    <t>J48C8PCSJVUBR8KCW529</t>
+  </si>
+  <si>
+    <t>00007714</t>
+  </si>
+  <si>
+    <t>BANCA POPOLARE PUGLIA BASILICATA</t>
+  </si>
+  <si>
+    <t>PPBB</t>
+  </si>
+  <si>
+    <t>8156004BBB6E6B9B6F10</t>
+  </si>
+  <si>
+    <t>00002405</t>
+  </si>
+  <si>
+    <t>BANCA POPOLARE PUGLIESE</t>
+  </si>
+  <si>
+    <t>POPU</t>
+  </si>
+  <si>
+    <t>8156005C22D0BF134C40</t>
+  </si>
+  <si>
+    <t>00002281</t>
+  </si>
+  <si>
+    <t>BANCA PROFILO</t>
+  </si>
+  <si>
+    <t>PROF</t>
+  </si>
+  <si>
+    <t>RRAN7P32P0W0YY4XQW79</t>
+  </si>
+  <si>
+    <t>00005269</t>
+  </si>
+  <si>
+    <t>BANCA PROGETTO S.P.A</t>
+  </si>
+  <si>
+    <t>PROG</t>
+  </si>
+  <si>
+    <t>81560091FE0AABE37693</t>
+  </si>
+  <si>
+    <t>00002814</t>
+  </si>
+  <si>
+    <t>BANCA SELLA HOLDING SPA</t>
+  </si>
+  <si>
+    <t>SLHB</t>
+  </si>
+  <si>
+    <t>549300ABE4K96QOCEH37</t>
+  </si>
+  <si>
+    <t>00003555</t>
+  </si>
+  <si>
+    <t>BANCA SIMETICA SPA</t>
+  </si>
+  <si>
+    <t>BASI</t>
+  </si>
+  <si>
+    <t>8156009C2617D40C6616</t>
+  </si>
+  <si>
+    <t>00001862</t>
+  </si>
+  <si>
+    <t>BANCA SISTEMA SPA</t>
+  </si>
+  <si>
+    <t>BSIS</t>
+  </si>
+  <si>
+    <t>815600B5C61A10BBB451</t>
+  </si>
+  <si>
+    <t>00004454</t>
+  </si>
+  <si>
+    <t>BANCA UBAE</t>
+  </si>
+  <si>
+    <t>UBAE</t>
+  </si>
+  <si>
+    <t>815600097949D6B08F83</t>
+  </si>
+  <si>
+    <t>00002981</t>
+  </si>
+  <si>
+    <t>BANCA VALSABBINA SCPA</t>
+  </si>
+  <si>
+    <t>VALS</t>
+  </si>
+  <si>
+    <t>815600BEE9123CD92E12</t>
+  </si>
+  <si>
+    <t>00002171</t>
+  </si>
+  <si>
+    <t>BANCO BILBAO VIZCAYA ARGENTARIA S.A.</t>
+  </si>
+  <si>
+    <t>BBV</t>
+  </si>
+  <si>
+    <t>K8MS7FD7N5Z2WQ51AZ71</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>00002884</t>
+  </si>
+  <si>
+    <t>BANCO BPM S.P.A.</t>
+  </si>
+  <si>
+    <t>BPOP</t>
+  </si>
+  <si>
+    <t>815600E4E6DCD2D25E30</t>
+  </si>
+  <si>
+    <t>00000893</t>
+  </si>
+  <si>
+    <t>BANCO DESIO</t>
+  </si>
+  <si>
+    <t>BDES</t>
+  </si>
+  <si>
+    <t>81560026D234790EB288</t>
+  </si>
+  <si>
+    <t>00003037</t>
+  </si>
+  <si>
+    <t>BANCO DI CREDITO P.AZZOAGLIO S.P.A.</t>
+  </si>
+  <si>
+    <t>AZZO</t>
+  </si>
+  <si>
+    <t>81560035485BD7DB3590</t>
+  </si>
+  <si>
+    <t>00009932</t>
+  </si>
+  <si>
+    <t>BARCLAYS BANK IRELAND PLC</t>
+  </si>
+  <si>
+    <t>BBIR</t>
+  </si>
+  <si>
+    <t>2G5BKIC2CB69PRJH1W31</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>00005337</t>
+  </si>
+  <si>
+    <t>BDM BANCA S.P.A.</t>
+  </si>
+  <si>
+    <t>POBA</t>
+  </si>
+  <si>
+    <t>549300UE2ZF21B02QG64</t>
+  </si>
+  <si>
+    <t>00001638</t>
+  </si>
+  <si>
+    <t>BFF BANK S.P.A.</t>
+  </si>
+  <si>
+    <t>ICBP</t>
+  </si>
+  <si>
+    <t>815600522538355AE429</t>
+  </si>
+  <si>
+    <t>00000540</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS FINANCIAL MARKETS</t>
+  </si>
+  <si>
+    <t>ARBI</t>
+  </si>
+  <si>
+    <t>6EWKU0FGVX5QQJHFGT48</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>00001795</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA - MILAN BRANCH</t>
+  </si>
+  <si>
+    <t>BNPM</t>
+  </si>
+  <si>
+    <t>R0MUWSFPU8MPRO8K5P83</t>
+  </si>
+  <si>
+    <t>00002000</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA - PARIS BRANCH</t>
+  </si>
+  <si>
+    <t>BNPL</t>
+  </si>
+  <si>
+    <t>00000515</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA - SUCCURSALE ITALIA</t>
+  </si>
+  <si>
+    <t>BNPA</t>
+  </si>
+  <si>
+    <t>00004294</t>
+  </si>
+  <si>
+    <t>BOFA SECURITIES EUROPE SA - 2ND CED</t>
+  </si>
+  <si>
+    <t>BOFF</t>
+  </si>
+  <si>
+    <t>549300FH0WJAPEHTIQ77</t>
+  </si>
+  <si>
+    <t>00001635</t>
+  </si>
+  <si>
+    <t>BPER BANCA SPA</t>
+  </si>
+  <si>
+    <t>POEM</t>
+  </si>
+  <si>
+    <t>N747OI7JINV7RUUH6190</t>
+  </si>
+  <si>
+    <t>00002976</t>
+  </si>
+  <si>
+    <t>CACEIS BANK S.A. GERMANY BRANCH</t>
+  </si>
+  <si>
+    <t>CADE</t>
+  </si>
+  <si>
+    <t>96950023SCR9X9F3L662</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>00009316</t>
+  </si>
+  <si>
+    <t>CASSA CENTRALE BANCA - CRED.COOP.</t>
+  </si>
+  <si>
+    <t>CCBA</t>
+  </si>
+  <si>
+    <t>LOO0AWXR8GF142JCO404</t>
+  </si>
+  <si>
+    <t>00009012</t>
+  </si>
+  <si>
+    <t>CASSA CENTRALE RAIFFEISEN ALTO ADIGE</t>
+  </si>
+  <si>
+    <t>RAIS</t>
+  </si>
+  <si>
+    <t>529900N2ZB1B52JB2F83</t>
+  </si>
+  <si>
+    <t>00002973</t>
+  </si>
+  <si>
+    <t>CASSA DEPOSITI E PRESTITI S.P.A.</t>
+  </si>
+  <si>
+    <t>CDEP</t>
+  </si>
+  <si>
+    <t>81560029E2CE4D14F425</t>
+  </si>
+  <si>
+    <t>00009306</t>
+  </si>
+  <si>
+    <t>CASSA DI RISPARMIO DI BOLZANO</t>
+  </si>
+  <si>
+    <t>CRBZ</t>
+  </si>
+  <si>
+    <t>8156003A4FB445454553</t>
+  </si>
+  <si>
+    <t>00001683</t>
+  </si>
+  <si>
+    <t>CASSA DI RISPARMIO DI VOLTERRA</t>
+  </si>
+  <si>
+    <t>CRVO</t>
+  </si>
+  <si>
+    <t>815600B6B356EC776E54</t>
+  </si>
+  <si>
+    <t>00004361</t>
+  </si>
+  <si>
+    <t>CDP - FONDO NAZIONALE STRATEGICO</t>
+  </si>
+  <si>
+    <t>CDPS</t>
+  </si>
+  <si>
+    <t>00004355</t>
+  </si>
+  <si>
+    <t>CDP - FONDO NAZIONALE SUPP. TEMPORANEO</t>
+  </si>
+  <si>
+    <t>CDPP</t>
+  </si>
+  <si>
+    <t>00004362</t>
+  </si>
+  <si>
+    <t>CDP - FONDO RISTRUTTURAZIONE IMPRESE</t>
+  </si>
+  <si>
+    <t>CDPT</t>
+  </si>
+  <si>
+    <t>00002258</t>
+  </si>
+  <si>
+    <t>CITIBANK EUROPE PLC</t>
+  </si>
+  <si>
+    <t>CINT</t>
+  </si>
+  <si>
+    <t>N1FBEDJ5J41VKZLO2475</t>
+  </si>
+  <si>
+    <t>00009789</t>
+  </si>
+  <si>
+    <t>CITIGROUP GLOBAL MARKETS EUROPE AG</t>
+  </si>
+  <si>
+    <t>CGMA</t>
+  </si>
+  <si>
+    <t>6TJCK1B7E7UTXP528Y04</t>
+  </si>
+  <si>
+    <t>00008310</t>
+  </si>
+  <si>
+    <t>CREDIT AGRICOLE C.I.B.</t>
+  </si>
+  <si>
+    <t>CACI</t>
+  </si>
+  <si>
+    <t>1VUV7VQFKUOQSJ21A208</t>
+  </si>
+  <si>
+    <t>00000302</t>
+  </si>
+  <si>
+    <t>CREDITO EMILIANO SPA</t>
+  </si>
+  <si>
+    <t>EMIL</t>
+  </si>
+  <si>
+    <t>8156004B244AA70DE787</t>
+  </si>
+  <si>
+    <t>00001055</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG FRANKFURT 4TH TR. CODE</t>
+  </si>
+  <si>
+    <t>DBA4</t>
+  </si>
+  <si>
+    <t>7LTWFZYICNSX8D621K86</t>
+  </si>
+  <si>
+    <t>00008934</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG GCM ON EQUITIES AND FI</t>
+  </si>
+  <si>
+    <t>DBAG</t>
+  </si>
+  <si>
+    <t>00001885</t>
+  </si>
+  <si>
+    <t>DIRECTA SIM</t>
+  </si>
+  <si>
+    <t>DIRE</t>
+  </si>
+  <si>
+    <t>815600A4DA95C74BB576</t>
+  </si>
+  <si>
+    <t>00004472</t>
+  </si>
+  <si>
+    <t>DRW EUROPE B.V.</t>
+  </si>
+  <si>
+    <t>DRWE</t>
+  </si>
+  <si>
+    <t>5493005Q760M4WJ8ZP07</t>
+  </si>
+  <si>
+    <t>00001505</t>
+  </si>
+  <si>
+    <t>EQUITA SIM</t>
+  </si>
+  <si>
+    <t>EURO</t>
+  </si>
+  <si>
+    <t>815600E3E9BFBC8FAA85</t>
+  </si>
+  <si>
+    <t>00004450</t>
+  </si>
+  <si>
+    <t>ERSEL S.P.A.</t>
+  </si>
+  <si>
+    <t>ERSL</t>
+  </si>
+  <si>
+    <t>815600FE947DA0D03B37</t>
+  </si>
+  <si>
+    <t>00002187</t>
+  </si>
+  <si>
+    <t>FINECOBANK SPA</t>
+  </si>
+  <si>
+    <t>BAFI</t>
+  </si>
+  <si>
+    <t>549300L7YCATGO57ZE10</t>
+  </si>
+  <si>
+    <t>00001995</t>
+  </si>
+  <si>
+    <t>HSBC BANK PLC</t>
+  </si>
+  <si>
+    <t>HSMI</t>
+  </si>
+  <si>
+    <t>MP6I5ZYZBEU3UXPYFY54</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>00001410</t>
+  </si>
+  <si>
+    <t>HSBC CONTINENTAL EUROPE 2ND DESK</t>
+  </si>
+  <si>
+    <t>HSBE</t>
+  </si>
+  <si>
+    <t>F0HUI1NY1AZMJMD8LP67</t>
+  </si>
+  <si>
+    <t>00003845</t>
+  </si>
+  <si>
+    <t>IBL BANCA S.P.A.</t>
+  </si>
+  <si>
+    <t>IBLB</t>
+  </si>
+  <si>
+    <t>815600848DEFE160E913</t>
+  </si>
+  <si>
+    <t>00002322</t>
+  </si>
+  <si>
+    <t>ICCREA</t>
+  </si>
+  <si>
+    <t>ICRE</t>
+  </si>
+  <si>
+    <t>NNVPP80YIZGEY2314M97</t>
+  </si>
+  <si>
+    <t>00005547</t>
+  </si>
+  <si>
+    <t>ILLIMITY BANK S.P.A.</t>
+  </si>
+  <si>
+    <t>ILMT</t>
+  </si>
+  <si>
+    <t>815600A029117B20DD63</t>
+  </si>
+  <si>
+    <t>00002497</t>
+  </si>
+  <si>
+    <t>ING BANK N.V.</t>
+  </si>
+  <si>
+    <t>IBNV</t>
+  </si>
+  <si>
+    <t>3TK20IVIUJ8J3ZU0QE75</t>
+  </si>
+  <si>
+    <t>00001107</t>
+  </si>
+  <si>
+    <t>INSTINET EUROPE LTD</t>
+  </si>
+  <si>
+    <t>INST</t>
+  </si>
+  <si>
+    <t>213800MXAKR2LA1VBM44</t>
+  </si>
+  <si>
+    <t>00002733</t>
+  </si>
+  <si>
+    <t>INTERACTIVE BROKERS (UK) LIMITED</t>
+  </si>
+  <si>
+    <t>INTR</t>
+  </si>
+  <si>
+    <t>549300GVM9BQWJXPI223</t>
+  </si>
+  <si>
+    <t>00003357</t>
+  </si>
+  <si>
+    <t>INTERMONTE SIM SPA</t>
+  </si>
+  <si>
+    <t>INSE</t>
+  </si>
+  <si>
+    <t>YMUU1WGHJKORF9E36I98</t>
+  </si>
+  <si>
+    <t>00003319</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO - 3RD CED</t>
+  </si>
+  <si>
+    <t>IBDT</t>
+  </si>
+  <si>
+    <t>2W8N8UU78PMDQKZENC08</t>
+  </si>
+  <si>
+    <t>00001105</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO SPA</t>
+  </si>
+  <si>
+    <t>BINT</t>
+  </si>
+  <si>
+    <t>00009779</t>
+  </si>
+  <si>
+    <t>J.P.MORGAN SE - FIXED INCOME</t>
+  </si>
+  <si>
+    <t>JPMF</t>
+  </si>
+  <si>
+    <t>549300ZK53CNGEEI6A29</t>
+  </si>
+  <si>
+    <t>00004383</t>
+  </si>
+  <si>
+    <t>JANE STREET FINANCIAL LIMITED 2ND DESK</t>
+  </si>
+  <si>
+    <t>JSSD</t>
+  </si>
+  <si>
+    <t>549300ZHEHX8M31RP142</t>
+  </si>
+  <si>
+    <t>00009939</t>
+  </si>
+  <si>
+    <t>JEFFERIES GMBH</t>
+  </si>
+  <si>
+    <t>JEFG</t>
+  </si>
+  <si>
+    <t>5493004I3LZM39BWHQ75</t>
+  </si>
+  <si>
+    <t>00002665</t>
+  </si>
+  <si>
+    <t>JEFFERIES INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>JEFF</t>
+  </si>
+  <si>
+    <t>S5THZMDUJCTQZBTRVI98</t>
+  </si>
+  <si>
+    <t>00009974</t>
+  </si>
+  <si>
+    <t>JUMP TRADING EUROPE B.V.</t>
+  </si>
+  <si>
+    <t>JUTE</t>
+  </si>
+  <si>
+    <t>549300HFXRW8BZRK3J17</t>
+  </si>
+  <si>
+    <t>00004363</t>
+  </si>
+  <si>
+    <t>JUMP TRADING EUROPE B.V. 3RD CED</t>
+  </si>
+  <si>
+    <t>JTEB</t>
+  </si>
+  <si>
+    <t>00007341</t>
+  </si>
+  <si>
+    <t>LA CASSA DI RAVENNA</t>
+  </si>
+  <si>
+    <t>CRAV</t>
+  </si>
+  <si>
+    <t>815600A32DA05F693F24</t>
+  </si>
+  <si>
+    <t>00000362</t>
+  </si>
+  <si>
+    <t>MEDIOBANCA SPA</t>
+  </si>
+  <si>
+    <t>MEDI</t>
+  </si>
+  <si>
+    <t>PSNL19R2RXX5U3QWHI44</t>
+  </si>
+  <si>
+    <t>00003587</t>
+  </si>
+  <si>
+    <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
+  </si>
+  <si>
+    <t>METH</t>
+  </si>
+  <si>
+    <t>213800GK3K7QZWWKXU03</t>
+  </si>
+  <si>
+    <t>00004617</t>
+  </si>
+  <si>
+    <t>MILLENNIUM EUROPE LIMITED</t>
+  </si>
+  <si>
+    <t>MEUL</t>
+  </si>
+  <si>
+    <t>213800M4PALWKTSLLI88</t>
+  </si>
+  <si>
+    <t>00001415</t>
+  </si>
+  <si>
+    <t>MORGAN STANLEY &amp; CO.INTERNATIONAL PLC</t>
+  </si>
+  <si>
+    <t>MOSL</t>
+  </si>
+  <si>
+    <t>4PQUHN3JPFGFNF3BB653</t>
+  </si>
+  <si>
+    <t>00009749</t>
+  </si>
+  <si>
+    <t>MORGAN STANLEY EUROPE SE</t>
+  </si>
+  <si>
+    <t>MSES</t>
+  </si>
+  <si>
+    <t>54930056FHWP7GIWYY08</t>
+  </si>
+  <si>
+    <t>00001758</t>
+  </si>
+  <si>
+    <t>NATIXIS S.A. 2ND CED</t>
+  </si>
+  <si>
+    <t>NTX2</t>
+  </si>
+  <si>
+    <t>KX1WK48MPD4Y2NCUIZ63</t>
+  </si>
+  <si>
+    <t>00002084</t>
+  </si>
+  <si>
+    <t>NATWEST MARKETS PLC</t>
+  </si>
+  <si>
+    <t>RBSP</t>
+  </si>
+  <si>
+    <t>RR3QWICWWIPCS8A4S074</t>
+  </si>
+  <si>
+    <t>00004066</t>
+  </si>
+  <si>
+    <t>NOMURA FINANCIAL PRODUCTS EUROPE GMBH</t>
+  </si>
+  <si>
+    <t>NFPE</t>
+  </si>
+  <si>
+    <t>5493002XYZZ0CGU6CB58</t>
+  </si>
+  <si>
+    <t>00003542</t>
+  </si>
+  <si>
+    <t>ODDO BHF SCA</t>
+  </si>
+  <si>
+    <t>ODCE</t>
+  </si>
+  <si>
+    <t>9695002I9DJHZ3449O66</t>
+  </si>
+  <si>
+    <t>00002667</t>
+  </si>
+  <si>
+    <t>PERSHING SECURITIES LIMITED</t>
+  </si>
+  <si>
+    <t>PERS</t>
+  </si>
+  <si>
+    <t>549300NC3GURN0AEZU06</t>
+  </si>
+  <si>
+    <t>00009285</t>
+  </si>
+  <si>
+    <t>POSTE ITALIANE SPA PATRIMONIO BANCOPOSTA</t>
+  </si>
+  <si>
+    <t>BAPO</t>
+  </si>
+  <si>
+    <t>815600358BDF1D861F78</t>
+  </si>
+  <si>
+    <t>00004375</t>
+  </si>
+  <si>
+    <t>REPLICA SIM S.P.A.</t>
+  </si>
+  <si>
+    <t>RESI</t>
+  </si>
+  <si>
+    <t>894500CSZXOD90FHJI07</t>
+  </si>
+  <si>
+    <t>00000667</t>
+  </si>
+  <si>
+    <t>SOCIETE GENERALE</t>
+  </si>
+  <si>
+    <t>SOGE</t>
+  </si>
+  <si>
+    <t>O2RNE8IBXP4R0TD8PU41</t>
+  </si>
+  <si>
+    <t>00009596</t>
+  </si>
+  <si>
+    <t>SSW TRADING GMBH</t>
+  </si>
+  <si>
+    <t>SSWM</t>
+  </si>
+  <si>
+    <t>52990022Z6AVYLH8IO31</t>
+  </si>
+  <si>
+    <t>00000559</t>
+  </si>
+  <si>
+    <t>UBS EUROPE SE</t>
+  </si>
+  <si>
+    <t>UBSL</t>
+  </si>
+  <si>
+    <t>5299007QVIQ7IO64NX37</t>
+  </si>
+  <si>
+    <t>00001352</t>
+  </si>
+  <si>
+    <t>UNICREDIT BANK GMBH</t>
+  </si>
+  <si>
+    <t>HYVB</t>
+  </si>
+  <si>
+    <t>2ZCNRR8UK83OBTEK2170</t>
+  </si>
+  <si>
+    <t>00004690</t>
+  </si>
+  <si>
+    <t>UNICREDIT BANK GMBH MILAN BRANCH</t>
+  </si>
+  <si>
+    <t>BAYE</t>
+  </si>
+  <si>
+    <t>00003975</t>
+  </si>
+  <si>
+    <t>UNICREDIT S.P.A. 10236</t>
+  </si>
+  <si>
+    <t>UNID</t>
+  </si>
+  <si>
+    <t>549300TRUWO2CD2G5692</t>
+  </si>
+  <si>
+    <t>00004600</t>
+  </si>
+  <si>
+    <t>UNICREDIT S.P.A. 10237</t>
+  </si>
+  <si>
+    <t>UNIT</t>
+  </si>
+  <si>
+    <t>00001550</t>
+  </si>
+  <si>
+    <t>UNICREDIT SPA</t>
+  </si>
+  <si>
+    <t>UNIC</t>
+  </si>
+  <si>
+    <t>List effective as of 20260317</t>
+  </si>
+  <si>
+    <t>LEI_CODE</t>
+  </si>
+  <si>
+    <t>COMPANY_NAME</t>
+  </si>
+  <si>
+    <t>FIRM_ID</t>
+  </si>
+  <si>
+    <t>MNEMONIC_CODE</t>
+  </si>
+  <si>
+    <t>EURONEXT_EQUITY_SECTION</t>
+  </si>
+  <si>
+    <t>EURONEXT_EQUITY_DERIVATIVES_SECTION</t>
+  </si>
+  <si>
+    <t>EURONEXT_SOFT_COMMODITIES_SECTION</t>
+  </si>
+  <si>
+    <t>EURONEXT_POWER_DERIVATIVES_SECTION</t>
+  </si>
+  <si>
+    <t>724500D0F3FMK7FPI293</t>
+  </si>
+  <si>
+    <t>2B TRADING B.V.</t>
+  </si>
+  <si>
+    <t>00028670</t>
+  </si>
+  <si>
+    <t>2BTR</t>
+  </si>
+  <si>
+    <t>TM</t>
+  </si>
+  <si>
+    <t>7245001XD1ERULCSCL12</t>
+  </si>
+  <si>
+    <t>323 TRADING BV</t>
+  </si>
+  <si>
+    <t>00028043</t>
+  </si>
+  <si>
+    <t>TTTT</t>
+  </si>
+  <si>
+    <t>549300NUQ6SAINRW8Q86</t>
+  </si>
+  <si>
+    <t>A ENERGI AS</t>
+  </si>
+  <si>
+    <t>00010256</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>AENE</t>
+  </si>
+  <si>
+    <t>8945008HSCUXUAVCZ952</t>
+  </si>
+  <si>
+    <t>AARHUS ENERGY A/S</t>
+  </si>
+  <si>
+    <t>00010313</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>AREN</t>
+  </si>
+  <si>
+    <t>ABN AMRO CLEARING BANK</t>
+  </si>
+  <si>
+    <t>00000687,00010158,00010159,00010160,00010171,00010172,00029645</t>
+  </si>
+  <si>
+    <t>BFXS5XCH7N0Y05NIXW11</t>
+  </si>
+  <si>
+    <t>ABN AMRO NV</t>
+  </si>
+  <si>
+    <t>00029003,00029009</t>
+  </si>
+  <si>
+    <t>ABNA</t>
+  </si>
+  <si>
+    <t>213800GNABQM2M887812</t>
+  </si>
+  <si>
+    <t>ADM INVESTOR SERVICES</t>
+  </si>
+  <si>
+    <t>00010123</t>
+  </si>
+  <si>
+    <t>ADMI</t>
+  </si>
+  <si>
+    <t>ADM INVESTOR SERVICES (TM)</t>
+  </si>
+  <si>
+    <t>00010000</t>
+  </si>
+  <si>
+    <t>ADMC</t>
+  </si>
+  <si>
+    <t>724500QCPKRLL1ZM6Y16</t>
+  </si>
+  <si>
+    <t>AFS EXECUTION SERVICES B.V.</t>
+  </si>
+  <si>
+    <t>00028646,00029504</t>
+  </si>
+  <si>
+    <t>AFSE</t>
+  </si>
+  <si>
+    <t>391200MDGYYJ6OIBB496</t>
+  </si>
+  <si>
+    <t>AKERSHUS ENERGI VANNKRAFT AS</t>
+  </si>
+  <si>
+    <t>00010298</t>
+  </si>
+  <si>
+    <t>AKER</t>
+  </si>
+  <si>
+    <t>724500T1N36N5U22MB23</t>
+  </si>
+  <si>
+    <t>ALGORITHMIC TG NL</t>
+  </si>
+  <si>
+    <t>00004346</t>
+  </si>
+  <si>
+    <t>ALTG</t>
+  </si>
+  <si>
+    <t>724500J8YXYEHP7PEQ12</t>
+  </si>
+  <si>
+    <t>ALL OPTIONS INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>00028322,00002005</t>
+  </si>
+  <si>
+    <t>ALLO</t>
+  </si>
+  <si>
+    <t>5299001HXSE3QDXEYQ71</t>
+  </si>
+  <si>
+    <t>ALPIQ AG</t>
+  </si>
+  <si>
+    <t>00010321</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>ALPI</t>
+  </si>
+  <si>
+    <t>549300KPP03BLDBGEJ74</t>
+  </si>
+  <si>
+    <t>ALTURA MARKETS</t>
+  </si>
+  <si>
+    <t>00010254</t>
+  </si>
+  <si>
+    <t>ALTU</t>
+  </si>
+  <si>
+    <t>984500A066D7EE1AB485</t>
+  </si>
+  <si>
+    <t>ANEO AS</t>
+  </si>
+  <si>
+    <t>00010251</t>
+  </si>
+  <si>
+    <t>ANEO</t>
+  </si>
+  <si>
+    <t>5RJTDGZG4559ESIYLD31</t>
+  </si>
+  <si>
+    <t>AUREL BGC</t>
+  </si>
+  <si>
+    <t>00000573</t>
+  </si>
+  <si>
+    <t>AURE</t>
+  </si>
+  <si>
+    <t>529900U1XS03NBQ6ZT47</t>
+  </si>
+  <si>
+    <t>AXPO NORDIC AS</t>
+  </si>
+  <si>
+    <t>00010274</t>
+  </si>
+  <si>
+    <t>AXPO</t>
+  </si>
+  <si>
+    <t>529900JFOPPEDUR61H13</t>
+  </si>
+  <si>
+    <t>BAADER BANK AG</t>
+  </si>
+  <si>
+    <t>00010156,00004079</t>
+  </si>
+  <si>
+    <t>BAAD</t>
+  </si>
+  <si>
+    <t>00010116,00010225</t>
+  </si>
+  <si>
+    <t>ICM,TM</t>
+  </si>
+  <si>
+    <t>00010118</t>
+  </si>
+  <si>
+    <t>00010119</t>
+  </si>
+  <si>
+    <t>00010120</t>
+  </si>
+  <si>
+    <t>00010130</t>
+  </si>
+  <si>
+    <t>BANCA MONTE PASCHI DI SIENA</t>
+  </si>
+  <si>
+    <t>00010149</t>
+  </si>
+  <si>
+    <t>00010121</t>
+  </si>
+  <si>
+    <t>00010122</t>
+  </si>
+  <si>
+    <t>00010082</t>
+  </si>
+  <si>
+    <t>213800UFLAA5SS55IZ10</t>
+  </si>
+  <si>
+    <t>BANCO CARREGOSA</t>
+  </si>
+  <si>
+    <t>00010014</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>BCAR</t>
+  </si>
+  <si>
+    <t>JU1U6S0DG9YLT7N8ZV32</t>
+  </si>
+  <si>
+    <t>BANCO COMERCIAL PORTUGUES SA</t>
+  </si>
+  <si>
+    <t>00004125</t>
+  </si>
+  <si>
+    <t>BCPT</t>
+  </si>
+  <si>
+    <t>213800KYUPNOQPAQL758</t>
+  </si>
+  <si>
+    <t>BANCO DE INVESTIMENTO GLOBAL (BIG)</t>
+  </si>
+  <si>
+    <t>00010016</t>
+  </si>
+  <si>
+    <t>BBIG</t>
+  </si>
+  <si>
+    <t>529900GZL0HS66P9SW37</t>
+  </si>
+  <si>
+    <t>BANCO INVEST, S.A.</t>
+  </si>
+  <si>
+    <t>00010012</t>
+  </si>
+  <si>
+    <t>BAIN</t>
+  </si>
+  <si>
+    <t>5493006QMFDDMYWIAM13</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER S.A.</t>
+  </si>
+  <si>
+    <t>00004441</t>
+  </si>
+  <si>
+    <t>SANS</t>
+  </si>
+  <si>
+    <t>549300URJH9VSI58CS32</t>
+  </si>
+  <si>
+    <t>BANCO SANTANDER TOTTA SA</t>
+  </si>
+  <si>
+    <t>00010006</t>
+  </si>
+  <si>
+    <t>SANT</t>
+  </si>
+  <si>
+    <t>549300TJPY1TN6ETZE45</t>
+  </si>
+  <si>
+    <t>BANE NOR SF</t>
+  </si>
+  <si>
+    <t>00010286</t>
+  </si>
+  <si>
+    <t>BANE</t>
+  </si>
+  <si>
+    <t>549300NBLHT5Z7ZV1241</t>
+  </si>
+  <si>
+    <t>BANK DEGROOF PETERCAM SA</t>
+  </si>
+  <si>
+    <t>00001207</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>DEGR</t>
+  </si>
+  <si>
+    <t>MMYX0N4ZEZ13Z4XCG897</t>
+  </si>
+  <si>
+    <t>BANK OF NEW YORK MELLON</t>
+  </si>
+  <si>
+    <t>00004361,00004439,00004438</t>
+  </si>
+  <si>
+    <t>BNYM</t>
+  </si>
+  <si>
+    <t>549300L7V4MGECYRM576</t>
+  </si>
+  <si>
+    <t>BANK VONTOBEL</t>
+  </si>
+  <si>
+    <t>00004732</t>
+  </si>
+  <si>
+    <t>VONT</t>
+  </si>
+  <si>
+    <t>529900KKJ9XOK6WO4426</t>
+  </si>
+  <si>
+    <t>BANK VONTOBEL EUROPE AG</t>
+  </si>
+  <si>
+    <t>VONE</t>
+  </si>
+  <si>
+    <t>VWMYAEQSTOPNV0SUGU82</t>
+  </si>
+  <si>
+    <t>BANKINTER SA</t>
+  </si>
+  <si>
+    <t>00010017</t>
+  </si>
+  <si>
+    <t>BKIN</t>
+  </si>
+  <si>
+    <t>213800WAVVOPS85N2205</t>
+  </si>
+  <si>
+    <t>BANQUE DE LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>00005005</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>BQLU</t>
+  </si>
+  <si>
+    <t>R7CQUF1DQM73HUTV1078</t>
+  </si>
+  <si>
+    <t>BANQUE ET CAISSE D'EPARGNE DE L'ETAT (DU LUXEMBOURG)</t>
+  </si>
+  <si>
+    <t>00005001</t>
+  </si>
+  <si>
+    <t>BCEE</t>
+  </si>
+  <si>
+    <t>00004417,00010168,00010169</t>
+  </si>
+  <si>
+    <t>BARCLAYS BANK IRELAND PLC (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>00004417</t>
+  </si>
+  <si>
+    <t>BBID</t>
+  </si>
+  <si>
+    <t>G5GSEF7VJP5I7OUK5573</t>
+  </si>
+  <si>
+    <t>BARCLAYS BANK PLC</t>
+  </si>
+  <si>
+    <t>00000555</t>
+  </si>
+  <si>
+    <t>BABA</t>
+  </si>
+  <si>
+    <t>BBVA SA (PORTUGUESE BRANCH)</t>
+  </si>
+  <si>
+    <t>00000683,00010003</t>
+  </si>
+  <si>
+    <t>A5GWLFH3KM7YV2SFQL84</t>
+  </si>
+  <si>
+    <t>BELFIUS BANK</t>
+  </si>
+  <si>
+    <t>00001050</t>
+  </si>
+  <si>
+    <t>BELF</t>
+  </si>
+  <si>
+    <t>529900UC2OD7II24Z667</t>
+  </si>
+  <si>
+    <t>BERENBERG BANK</t>
+  </si>
+  <si>
+    <t>00004714,00010162</t>
+  </si>
+  <si>
+    <t>BERE</t>
+  </si>
+  <si>
+    <t>254900ZSP2CQOGJY5Y18</t>
+  </si>
+  <si>
+    <t>BERGEN SYNERGY HOLDING AS</t>
+  </si>
+  <si>
+    <t>00010278</t>
+  </si>
+  <si>
+    <t>BERG</t>
+  </si>
+  <si>
+    <t>00010152</t>
+  </si>
+  <si>
+    <t>ZWNFQ48RUL8VJZ2AIC12</t>
+  </si>
+  <si>
+    <t>BGC BROKERS</t>
+  </si>
+  <si>
+    <t>00004152</t>
+  </si>
+  <si>
+    <t>BGCB</t>
+  </si>
+  <si>
+    <t>HP4455X23HMJWUDSIO96</t>
+  </si>
+  <si>
+    <t>BKW ENERGIE AG</t>
+  </si>
+  <si>
+    <t>00010322</t>
+  </si>
+  <si>
+    <t>BKWE</t>
+  </si>
+  <si>
+    <t>5493008H47ZU6692QQ89</t>
+  </si>
+  <si>
+    <t>BLACKBIRD AM</t>
+  </si>
+  <si>
+    <t>00010239</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>BLBI</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS - ICM</t>
+  </si>
+  <si>
+    <t>00000038</t>
+  </si>
+  <si>
+    <t>BNPP</t>
+  </si>
+  <si>
+    <t>724500GGG02XVB97E680</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS AM FRANCE (NETHERLANDS BRANCH)</t>
+  </si>
+  <si>
+    <t>00004084</t>
+  </si>
+  <si>
+    <t>BNAM</t>
+  </si>
+  <si>
+    <t>00000541,00010192,00029546</t>
+  </si>
+  <si>
+    <t>KGCEPHLVVKVRZYO1T647</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS FORTIS</t>
+  </si>
+  <si>
+    <t>00004181</t>
+  </si>
+  <si>
+    <t>BNPF</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA</t>
+  </si>
+  <si>
+    <t>00000030</t>
+  </si>
+  <si>
+    <t>BNP PARIBAS SA - LONDON BRANCH</t>
+  </si>
+  <si>
+    <t>00004267</t>
+  </si>
+  <si>
+    <t>BNPC</t>
+  </si>
+  <si>
+    <t>BOFA SECURITIES EUROPE SA</t>
+  </si>
+  <si>
+    <t>00004409</t>
+  </si>
+  <si>
+    <t>BOSE</t>
+  </si>
+  <si>
+    <t>969500GFIL2Z81YKUM35</t>
+  </si>
+  <si>
+    <t>BOURSE DIRECT</t>
+  </si>
+  <si>
+    <t>00000508</t>
+  </si>
+  <si>
+    <t>BODI</t>
+  </si>
+  <si>
+    <t>549300LH9YXVHGYN6V32</t>
+  </si>
+  <si>
+    <t>BP GAS MARKETING LIMITED</t>
+  </si>
+  <si>
+    <t>00010289</t>
+  </si>
+  <si>
+    <t>BPGA</t>
+  </si>
+  <si>
+    <t>00010127</t>
+  </si>
+  <si>
+    <t>549300GWCQ0ON7RMQ245</t>
+  </si>
+  <si>
+    <t>BRANDEN KAPITAL AS</t>
+  </si>
+  <si>
+    <t>00010299</t>
+  </si>
+  <si>
+    <t>BRKA</t>
+  </si>
+  <si>
+    <t>NICH5Q04ADUV9SN3Q390</t>
+  </si>
+  <si>
+    <t>BRED BANQUE POPULAIRE</t>
+  </si>
+  <si>
+    <t>00000197,00000689</t>
+  </si>
+  <si>
+    <t>BRED</t>
+  </si>
+  <si>
+    <t>CACEIS BANK (FRANCE)</t>
+  </si>
+  <si>
+    <t>00000022</t>
+  </si>
+  <si>
+    <t>CAES</t>
+  </si>
+  <si>
+    <t>GCM,ICM</t>
+  </si>
+  <si>
+    <t>CACEIS BANK (GERMANY BRANCH)</t>
+  </si>
+  <si>
+    <t>CACEIS NETHERLAND FUND AGENT</t>
+  </si>
+  <si>
+    <t>00010079</t>
+  </si>
+  <si>
+    <t>CAFA</t>
+  </si>
+  <si>
+    <t>549300KAXHDD341NRL28</t>
+  </si>
+  <si>
+    <t>CAIXA BI</t>
+  </si>
+  <si>
+    <t>00010007</t>
+  </si>
+  <si>
+    <t>CABI</t>
+  </si>
+  <si>
+    <t>2138004FIUXU3B2MR537</t>
+  </si>
+  <si>
+    <t>CAIXA ECONOMICA MONTEPIO GERAL</t>
+  </si>
+  <si>
+    <t>00010015</t>
+  </si>
+  <si>
+    <t>MPIO</t>
+  </si>
+  <si>
+    <t>TO822O0VT80V06K0FH57</t>
+  </si>
+  <si>
+    <t>CAIXA GERAL DE DEPOSITOS</t>
+  </si>
+  <si>
+    <t>CGDE</t>
+  </si>
+  <si>
+    <t>7CUNS533WID6K7DGFI87</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA</t>
+  </si>
+  <si>
+    <t>00004089</t>
+  </si>
+  <si>
+    <t>CAIX</t>
+  </si>
+  <si>
+    <t>549300KM6VUHPKQLQX53</t>
+  </si>
+  <si>
+    <t>CANTOR FITZGERALD EUROPE</t>
+  </si>
+  <si>
+    <t>00000685</t>
+  </si>
+  <si>
+    <t>CAFI</t>
+  </si>
+  <si>
+    <t>635400N5XVNTLTWTUK34</t>
+  </si>
+  <si>
+    <t>CANTOR FITZGERALD IRELAND LIMITED</t>
+  </si>
+  <si>
+    <t>00004420</t>
+  </si>
+  <si>
+    <t>CFIL</t>
+  </si>
+  <si>
+    <t>213800KVUP3NVXN7U960</t>
+  </si>
+  <si>
+    <t>CAPITAL MARKETS TRADING UK LLP</t>
+  </si>
+  <si>
+    <t>00004305</t>
+  </si>
+  <si>
+    <t>CAPM</t>
+  </si>
+  <si>
+    <t>7245007XP5HEJP4VT767</t>
+  </si>
+  <si>
+    <t>CENTERCROSS BV</t>
+  </si>
+  <si>
+    <t>00028390</t>
+  </si>
+  <si>
+    <t>CENT</t>
+  </si>
+  <si>
+    <t>549300UQ0QRC1KXGRE08</t>
+  </si>
+  <si>
+    <t>CENTRICA ENERGY TRADING A/S</t>
+  </si>
+  <si>
+    <t>00010300</t>
+  </si>
+  <si>
+    <t>CENE</t>
+  </si>
+  <si>
+    <t>529900S5R9YHJHYKKG94</t>
+  </si>
+  <si>
+    <t>CEZ A.S.</t>
+  </si>
+  <si>
+    <t>00010312</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>CEZZ</t>
+  </si>
+  <si>
+    <t>815600A451B54F577118</t>
+  </si>
+  <si>
+    <t>CFO SIM S.P.A.</t>
+  </si>
+  <si>
+    <t>00010128</t>
+  </si>
+  <si>
+    <t>CFO</t>
+  </si>
+  <si>
+    <t>0P0M06XFLZJYTDBWEU07</t>
+  </si>
+  <si>
+    <t>CITADEL ENERGY INVESTMENTS LTD</t>
+  </si>
+  <si>
+    <t>00010323</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>CIEI</t>
+  </si>
+  <si>
+    <t>549300WTVI4KO4GEJN54</t>
+  </si>
+  <si>
+    <t>CITADEL SECURITIES (EUROPE)</t>
+  </si>
+  <si>
+    <t>00004071</t>
+  </si>
+  <si>
+    <t>CTDL</t>
+  </si>
+  <si>
+    <t>549300J11TNGTWCC3R56</t>
+  </si>
+  <si>
+    <t>CITADEL SECURITIES GCS (IRELAND)</t>
+  </si>
+  <si>
+    <t>00004445</t>
+  </si>
+  <si>
+    <t>CSLI</t>
+  </si>
+  <si>
+    <t>CITIGROUP GLOBAL MARKETS DEUTSCHLAND</t>
+  </si>
+  <si>
+    <t>00000489</t>
+  </si>
+  <si>
+    <t>CTAG</t>
+  </si>
+  <si>
+    <t>CITIGROUP GLOBAL MARKETS EUROPE</t>
+  </si>
+  <si>
+    <t>00004436</t>
+  </si>
+  <si>
+    <t>CITIGROUP GLOBAL MARKETS EUROPE (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>CGME</t>
+  </si>
+  <si>
+    <t>XKZZ2JZF41MRHTR1V493</t>
+  </si>
+  <si>
+    <t>CITIGROUP GLOBAL MARKETS LIMITED</t>
+  </si>
+  <si>
+    <t>00000501</t>
+  </si>
+  <si>
+    <t>CGGM</t>
+  </si>
+  <si>
+    <t>875500D22WVPY2G1UT06</t>
+  </si>
+  <si>
+    <t>CONVEX ENERGY GMBH</t>
+  </si>
+  <si>
+    <t>00010285</t>
+  </si>
+  <si>
+    <t>CVEX</t>
+  </si>
+  <si>
+    <t>DG3RU1DBUFHT4ZF9WN62</t>
+  </si>
+  <si>
+    <t>COOPERATIEVE RABOBANK U.A.</t>
+  </si>
+  <si>
+    <t>00029332,00029199</t>
+  </si>
+  <si>
+    <t>RABO</t>
+  </si>
+  <si>
+    <t>CREDIT AGRICOLE CORPORATE AND INVESTMENT BANK</t>
+  </si>
+  <si>
+    <t>00000435,00010198</t>
+  </si>
+  <si>
+    <t>N4JDFKKH2FTD8RKFXO39</t>
+  </si>
+  <si>
+    <t>CREDIT INDUSTRIEL ET COMMERCIAL</t>
+  </si>
+  <si>
+    <t>00000518</t>
+  </si>
+  <si>
+    <t>CIC</t>
+  </si>
+  <si>
+    <t>00010129</t>
+  </si>
+  <si>
+    <t>549300JUFTJMOTC28B39</t>
+  </si>
+  <si>
+    <t>DANSKE COMMODITIES AS</t>
+  </si>
+  <si>
+    <t>00010266</t>
+  </si>
+  <si>
+    <t>DNKE</t>
+  </si>
+  <si>
+    <t>0W2PZJM8XOY22M4GG883</t>
+  </si>
+  <si>
+    <t>DEKABANK DEUTSCHE GIROZENTRALE</t>
+  </si>
+  <si>
+    <t>00004245</t>
+  </si>
+  <si>
+    <t>DEKA</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG</t>
+  </si>
+  <si>
+    <t>00004460</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG (AMSTERDAM BRANCH)</t>
+  </si>
+  <si>
+    <t>DBAM</t>
+  </si>
+  <si>
+    <t>DEUTSCHE BANK AG (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>00000699</t>
+  </si>
+  <si>
+    <t>DBUK</t>
+  </si>
+  <si>
+    <t>00010131</t>
+  </si>
+  <si>
+    <t>549300GKFG0RYRRQ1414</t>
+  </si>
+  <si>
+    <t>DNB MARKETS</t>
+  </si>
+  <si>
+    <t>00010050</t>
+  </si>
+  <si>
+    <t>DNBM</t>
+  </si>
+  <si>
+    <t>00010110,00004448,00010105</t>
+  </si>
+  <si>
+    <t>549300YBTKT1BZDUG027</t>
+  </si>
+  <si>
+    <t>DRW EUROPE DERIVATIVES B.V.</t>
+  </si>
+  <si>
+    <t>00004449</t>
+  </si>
+  <si>
+    <t>DRWD</t>
+  </si>
+  <si>
+    <t>549300JVXT0U42UPXE36</t>
+  </si>
+  <si>
+    <t>DRW GLOBAL MKTS LTD</t>
+  </si>
+  <si>
+    <t>00010075,00004381</t>
+  </si>
+  <si>
+    <t>DRWG</t>
+  </si>
+  <si>
+    <t>0PHO5TIVSGUENHEGOR51</t>
+  </si>
+  <si>
+    <t>DRW INVESTMENTS LLC</t>
+  </si>
+  <si>
+    <t>00004734</t>
+  </si>
+  <si>
+    <t>DRWL</t>
+  </si>
+  <si>
+    <t>ZSK5S5FM60ONOHQC8V45</t>
+  </si>
+  <si>
+    <t>DRW INVESTMENTS UK LIMITED</t>
+  </si>
+  <si>
+    <t>00000736</t>
+  </si>
+  <si>
+    <t>DRWI</t>
+  </si>
+  <si>
+    <t>549300CSQ23LTJFDT883</t>
+  </si>
+  <si>
+    <t>DV TRADING LLC</t>
+  </si>
+  <si>
+    <t>00004331</t>
+  </si>
+  <si>
+    <t>DVTR</t>
+  </si>
+  <si>
+    <t>DV TRADING LLC (2ND CODE)</t>
+  </si>
+  <si>
+    <t>00000729</t>
+  </si>
+  <si>
+    <t>TRLI</t>
+  </si>
+  <si>
+    <t>213800HP3RHFCKKR9H50</t>
+  </si>
+  <si>
+    <t>DXT COMMODITIES SA</t>
+  </si>
+  <si>
+    <t>00010324</t>
+  </si>
+  <si>
+    <t>DXTC</t>
+  </si>
+  <si>
+    <t>549300BFP7RYQHSLX485</t>
+  </si>
+  <si>
+    <t>E.ON SVERIGE AB</t>
+  </si>
+  <si>
+    <t>00010260</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>EONS</t>
+  </si>
+  <si>
+    <t>SN633FGTWNSOZMOJY680</t>
+  </si>
+  <si>
+    <t>EDF TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>00010263</t>
+  </si>
+  <si>
+    <t>EDFT</t>
+  </si>
+  <si>
+    <t>5493005044RTLQ5RZU70</t>
+  </si>
+  <si>
+    <t>EESTI ENERGIA AS</t>
+  </si>
+  <si>
+    <t>00010325</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>EEST</t>
+  </si>
+  <si>
+    <t>549300VQ0BB3YWN2T212</t>
+  </si>
+  <si>
+    <t>ELENGER GRUPP AS</t>
+  </si>
+  <si>
+    <t>00010264</t>
+  </si>
+  <si>
+    <t>ELEN</t>
+  </si>
+  <si>
+    <t>54930028TCUQU29NMN17</t>
+  </si>
+  <si>
+    <t>ELKRAFT AKSJESELSKAP</t>
+  </si>
+  <si>
+    <t>00010314</t>
+  </si>
+  <si>
+    <t>ELKR</t>
+  </si>
+  <si>
+    <t>529900JSFZ4TS59HKD79</t>
+  </si>
+  <si>
+    <t>ENBW ENERGIE BADEN-WURTTEMBERG AG</t>
+  </si>
+  <si>
+    <t>00010326</t>
+  </si>
+  <si>
+    <t>ENBW</t>
+  </si>
+  <si>
+    <t>549300JD2GHO6WG85597</t>
+  </si>
+  <si>
+    <t>ENEL GLOBAL TRADING</t>
+  </si>
+  <si>
+    <t>00010327</t>
+  </si>
+  <si>
+    <t>ENEL</t>
+  </si>
+  <si>
+    <t>5493002TL3QH0ME7QN82</t>
+  </si>
+  <si>
+    <t>ENGELHART CTP RENEWABLES GMBH</t>
+  </si>
+  <si>
+    <t>00010340</t>
+  </si>
+  <si>
+    <t>ENGH</t>
+  </si>
+  <si>
+    <t>5493003C3KJ2TY7MBZ44</t>
+  </si>
+  <si>
+    <t>ENGIE GLOBAL MARKETS</t>
+  </si>
+  <si>
+    <t>00010328</t>
+  </si>
+  <si>
+    <t>ENGI</t>
+  </si>
+  <si>
+    <t>00010133</t>
+  </si>
+  <si>
+    <t>549300JACYD0HU4RDN08</t>
+  </si>
+  <si>
+    <t>EWII ENERGI A/S</t>
+  </si>
+  <si>
+    <t>00010282</t>
+  </si>
+  <si>
+    <t>EWII</t>
+  </si>
+  <si>
+    <t>529900EVJZJ9AEQNVL04</t>
+  </si>
+  <si>
+    <t>EZPADA AG</t>
+  </si>
+  <si>
+    <t>00010072</t>
+  </si>
+  <si>
+    <t>EZPA</t>
+  </si>
+  <si>
+    <t>969500CFQ6Y55ZPREL74</t>
+  </si>
+  <si>
+    <t>FINANCIERE D'UZES</t>
+  </si>
+  <si>
+    <t>00000509</t>
+  </si>
+  <si>
+    <t>FIUZ</t>
+  </si>
+  <si>
+    <t>FINECOBANK</t>
+  </si>
+  <si>
+    <t>00000676</t>
+  </si>
+  <si>
+    <t>GCM,TM</t>
+  </si>
+  <si>
+    <t>529900GVB4E3JTDFHA88</t>
+  </si>
+  <si>
+    <t>FINOVESTA GMBH</t>
+  </si>
+  <si>
+    <t>00004296</t>
+  </si>
+  <si>
+    <t>FINO</t>
+  </si>
+  <si>
+    <t>529900MKYC1FZ83V3121</t>
+  </si>
+  <si>
+    <t>FLATEXDEGIRO BANK AG</t>
+  </si>
+  <si>
+    <t>00004316</t>
+  </si>
+  <si>
+    <t>FLAR</t>
+  </si>
+  <si>
+    <t>7245000Q4DDLWDSE0Q38</t>
+  </si>
+  <si>
+    <t>FLORINT B.V.</t>
+  </si>
+  <si>
+    <t>00029467</t>
+  </si>
+  <si>
+    <t>FLOR</t>
+  </si>
+  <si>
+    <t>549300CLJI9XDH12XV51</t>
+  </si>
+  <si>
+    <t>FLOW TRADERS B.V.</t>
+  </si>
+  <si>
+    <t>00004770,00028036,00004700</t>
+  </si>
+  <si>
+    <t>FLOW</t>
+  </si>
+  <si>
+    <t>549300K64LZQW7R9ST34</t>
+  </si>
+  <si>
+    <t>FLOW TRADERS U.S. LLC - DERIVATIVES</t>
+  </si>
+  <si>
+    <t>00010089</t>
+  </si>
+  <si>
+    <t>FLOT</t>
+  </si>
+  <si>
+    <t>FLOW TRADERS US LLC - DERIVATIVES 2</t>
+  </si>
+  <si>
+    <t>00004322</t>
+  </si>
+  <si>
+    <t>6354008VHNYEWM9XM160</t>
+  </si>
+  <si>
+    <t>FORTUM POWER AND HEAT OY</t>
+  </si>
+  <si>
+    <t>00010267</t>
+  </si>
+  <si>
+    <t>FOPO</t>
+  </si>
+  <si>
+    <t>549300QC8YGNHW412238</t>
+  </si>
+  <si>
+    <t>FREEPOINT COMMODITIES EUROPE LLP</t>
+  </si>
+  <si>
+    <t>00010301</t>
+  </si>
+  <si>
+    <t>FREP</t>
+  </si>
+  <si>
+    <t>743700F2CDGSIF0Z9036</t>
+  </si>
+  <si>
+    <t>GASUM OY</t>
+  </si>
+  <si>
+    <t>00010287</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>GSUM</t>
+  </si>
+  <si>
+    <t>549300P2OO0GKTSE4509</t>
+  </si>
+  <si>
+    <t>GELBER COOPERATIEF</t>
+  </si>
+  <si>
+    <t>00000734</t>
+  </si>
+  <si>
+    <t>GELB</t>
+  </si>
+  <si>
+    <t>6354008ZEX1XBUOEUY66</t>
+  </si>
+  <si>
+    <t>GENEVA IRELAND FINANCIAL TRADING</t>
+  </si>
+  <si>
+    <t>00004404</t>
+  </si>
+  <si>
+    <t>GIFT</t>
+  </si>
+  <si>
+    <t>GUNTJCA81C7IHNBGI392</t>
+  </si>
+  <si>
+    <t>GFI SECURITIES</t>
+  </si>
+  <si>
+    <t>00004057</t>
+  </si>
+  <si>
+    <t>GFIS</t>
+  </si>
+  <si>
+    <t>213800N9W2D8A4GJGR36</t>
+  </si>
+  <si>
+    <t>GLENCORE ENERGY UK LTD.</t>
+  </si>
+  <si>
+    <t>00010337</t>
+  </si>
+  <si>
+    <t>GLEN</t>
+  </si>
+  <si>
+    <t>213800PT7RA4T829Q205</t>
+  </si>
+  <si>
+    <t>GOLDENBERG HEHMEYER LLP</t>
+  </si>
+  <si>
+    <t>00004751</t>
+  </si>
+  <si>
+    <t>GOLD</t>
+  </si>
+  <si>
+    <t>8IBZUGJ7JPLH368JE346</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS BANK EUROPE SE</t>
+  </si>
+  <si>
+    <t>00004426</t>
+  </si>
+  <si>
+    <t>GSAG</t>
+  </si>
+  <si>
+    <t>W22LROWP2IHZNBB6K528</t>
+  </si>
+  <si>
+    <t>GOLDMAN SACHS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>00000648</t>
+  </si>
+  <si>
+    <t>GOSA</t>
+  </si>
+  <si>
+    <t>635400IL71G3SXS7OE16</t>
+  </si>
+  <si>
+    <t>GOODBODY STOCKBROKERS UC</t>
+  </si>
+  <si>
+    <t>00004421</t>
+  </si>
+  <si>
+    <t>GBSB</t>
+  </si>
+  <si>
+    <t>21380051M638OE1S8K89</t>
+  </si>
+  <si>
+    <t>GOTEBORG ENERGI DIN EL</t>
+  </si>
+  <si>
+    <t>00010302</t>
+  </si>
+  <si>
+    <t>GOTE</t>
+  </si>
+  <si>
+    <t>549300DHSS9U1QKJZG57</t>
+  </si>
+  <si>
+    <t>GUNVOR</t>
+  </si>
+  <si>
+    <t>00010338</t>
+  </si>
+  <si>
+    <t>GVOR</t>
+  </si>
+  <si>
+    <t>5967007LIEEXZXD39K57</t>
+  </si>
+  <si>
+    <t>HAFSLUND KRAFT AS</t>
+  </si>
+  <si>
+    <t>00010252</t>
+  </si>
+  <si>
+    <t>HAFS</t>
+  </si>
+  <si>
+    <t>549300SCF5VV6YS19T57</t>
+  </si>
+  <si>
+    <t>HARTREE PARTNERS POWER &amp; GAS COMPANY (UK) LIMITED</t>
+  </si>
+  <si>
+    <t>00010303</t>
+  </si>
+  <si>
+    <t>HART</t>
+  </si>
+  <si>
+    <t>549300QITVENB22PDI67</t>
+  </si>
+  <si>
+    <t>HEADLANDS TECHNOLOGIES EUROPE BV</t>
+  </si>
+  <si>
+    <t>00010177</t>
+  </si>
+  <si>
+    <t>HETE</t>
+  </si>
+  <si>
+    <t>549300JC05VO3FSCPU12</t>
+  </si>
+  <si>
+    <t>HEADLANDS TECHNOLOGIES LLC</t>
+  </si>
+  <si>
+    <t>00004334</t>
+  </si>
+  <si>
+    <t>HETL</t>
+  </si>
+  <si>
+    <t>743700CXEJT6NFCEFH10</t>
+  </si>
+  <si>
+    <t>HELEN OY</t>
+  </si>
+  <si>
+    <t>00010304</t>
+  </si>
+  <si>
+    <t>HELE</t>
+  </si>
+  <si>
+    <t>549300GR4T0DP8V0U678</t>
+  </si>
+  <si>
+    <t>HELGELAND KRAFT AS</t>
+  </si>
+  <si>
+    <t>00010296</t>
+  </si>
+  <si>
+    <t>HELG</t>
+  </si>
+  <si>
+    <t>21380043Y95S8KQ3PA19</t>
+  </si>
+  <si>
+    <t>HRTEU LIMITED</t>
+  </si>
+  <si>
+    <t>00010218,00004462</t>
+  </si>
+  <si>
+    <t>HRTE</t>
+  </si>
+  <si>
+    <t>HRTEU LIMITED (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>00010090</t>
+  </si>
+  <si>
+    <t>HRTD</t>
+  </si>
+  <si>
+    <t>00004243</t>
+  </si>
+  <si>
+    <t>HSBC CONT EUROPE LCH SA</t>
+  </si>
+  <si>
+    <t>00004464</t>
+  </si>
+  <si>
+    <t>HSBF</t>
+  </si>
+  <si>
+    <t>HSBC CONTINENTAL EUROPE</t>
+  </si>
+  <si>
+    <t>HSBC</t>
+  </si>
+  <si>
+    <t>549300UBLOMF800LIC19</t>
+  </si>
+  <si>
+    <t>HYDRO ENERGI AS</t>
+  </si>
+  <si>
+    <t>00010270</t>
+  </si>
+  <si>
+    <t>HYDR</t>
+  </si>
+  <si>
+    <t>549300KKMY8XC2HPZ142</t>
+  </si>
+  <si>
+    <t>IBKR FINANCIAL SERVICES</t>
+  </si>
+  <si>
+    <t>00004149</t>
+  </si>
+  <si>
+    <t>IBKR</t>
+  </si>
+  <si>
+    <t>549300ESJXOU0F7S8014</t>
+  </si>
+  <si>
+    <t>ICAP ENERGY AS</t>
+  </si>
+  <si>
+    <t>00010261</t>
+  </si>
+  <si>
+    <t>ICEN</t>
+  </si>
+  <si>
+    <t>ICCREA BANCA</t>
+  </si>
+  <si>
+    <t>00010134</t>
+  </si>
+  <si>
+    <t>213800A1PNS41NG89H87</t>
+  </si>
+  <si>
+    <t>IMC TRADING B.V.</t>
+  </si>
+  <si>
+    <t>00028248,00029561</t>
+  </si>
+  <si>
+    <t>IMC</t>
+  </si>
+  <si>
+    <t>529900RHLKF707OQCU87</t>
+  </si>
+  <si>
+    <t>IN COMMODITIES AS</t>
+  </si>
+  <si>
+    <t>00010283</t>
+  </si>
+  <si>
+    <t>INCO</t>
+  </si>
+  <si>
+    <t>ING BANK N.V</t>
+  </si>
+  <si>
+    <t>00000645,00004416,00029110,00029116,00029779,00029111</t>
+  </si>
+  <si>
+    <t>INGB</t>
+  </si>
+  <si>
+    <t>ING BANK N.V (ONLY DER)</t>
+  </si>
+  <si>
+    <t>00029114</t>
+  </si>
+  <si>
+    <t>INGD</t>
+  </si>
+  <si>
+    <t>INSTINET EUROPE LIMITED</t>
+  </si>
+  <si>
+    <t>213800A7BEQATAOUAN40</t>
+  </si>
+  <si>
+    <t>INSTINET GERMANY GMBH</t>
+  </si>
+  <si>
+    <t>00004463</t>
+  </si>
+  <si>
+    <t>INSG</t>
+  </si>
+  <si>
+    <t>815600A17A45C8A95C27</t>
+  </si>
+  <si>
+    <t>INTEGRAE SIM S.P.A.</t>
+  </si>
+  <si>
+    <t>00010135</t>
+  </si>
+  <si>
+    <t>INTE</t>
+  </si>
+  <si>
+    <t>00010080</t>
+  </si>
+  <si>
+    <t>5493001B9LDFCQUY9273</t>
+  </si>
+  <si>
+    <t>INTERACTIVE BROKERS IRELAND LTD</t>
+  </si>
+  <si>
+    <t>00010223</t>
+  </si>
+  <si>
+    <t>IBIE</t>
+  </si>
+  <si>
+    <t>529900GS9BX04BZ5JP94</t>
+  </si>
+  <si>
+    <t>INTERMONEY</t>
+  </si>
+  <si>
+    <t>00010011</t>
+  </si>
+  <si>
+    <t>00010136</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO</t>
+  </si>
+  <si>
+    <t>00000465,00004121,00010154</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO - BANCA DEI TERRITORI</t>
+  </si>
+  <si>
+    <t>00010154</t>
+  </si>
+  <si>
+    <t>969500JAO8NC3167JL27</t>
+  </si>
+  <si>
+    <t>INVEST SECURITIES</t>
+  </si>
+  <si>
+    <t>00000475</t>
+  </si>
+  <si>
+    <t>INVS</t>
+  </si>
+  <si>
+    <t>635400LI4QMLUFFT9Y68</t>
+  </si>
+  <si>
+    <t>INVESTEC EUROPE LIMITED</t>
+  </si>
+  <si>
+    <t>00004422</t>
+  </si>
+  <si>
+    <t>549300UMICIK3EHMLY91</t>
+  </si>
+  <si>
+    <t>ISHAVSKRAFT AS</t>
+  </si>
+  <si>
+    <t>00010305</t>
+  </si>
+  <si>
+    <t>ISHA</t>
+  </si>
+  <si>
+    <t>63540061DPCBNMCGRY22</t>
+  </si>
+  <si>
+    <t>J&amp;E DAVY ULC</t>
+  </si>
+  <si>
+    <t>00004424</t>
+  </si>
+  <si>
+    <t>JEDA</t>
+  </si>
+  <si>
+    <t>549300R1JMVK3UI1HX02</t>
+  </si>
+  <si>
+    <t>JAMTKRAFT AB</t>
+  </si>
+  <si>
+    <t>00010253</t>
+  </si>
+  <si>
+    <t>JAMT</t>
+  </si>
+  <si>
+    <t>JANE STREET FIN LTD</t>
+  </si>
+  <si>
+    <t>00010161,00010001</t>
+  </si>
+  <si>
+    <t>JSFL</t>
+  </si>
+  <si>
+    <t>5493008S1CW8VJ3GVF84</t>
+  </si>
+  <si>
+    <t>JB CAPITAL MARKETS SV SA</t>
+  </si>
+  <si>
+    <t>00004207</t>
+  </si>
+  <si>
+    <t>JBCM</t>
+  </si>
+  <si>
+    <t>JEFFERIES INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>00004063</t>
+  </si>
+  <si>
+    <t>JP MORGAN SE</t>
+  </si>
+  <si>
+    <t>00004398</t>
+  </si>
+  <si>
+    <t>JPMO</t>
+  </si>
+  <si>
+    <t>00010036,00004447,00004467</t>
+  </si>
+  <si>
+    <t>00010087</t>
+  </si>
+  <si>
+    <t>JUMP</t>
+  </si>
+  <si>
+    <t>6B2PBRV1FCJDMR45RZ53</t>
+  </si>
+  <si>
+    <t>KBC BANK NV</t>
+  </si>
+  <si>
+    <t>00003420</t>
+  </si>
+  <si>
+    <t>KBC</t>
+  </si>
+  <si>
+    <t>2138005SP78ELT822P61</t>
+  </si>
+  <si>
+    <t>KBC SECURITIES</t>
+  </si>
+  <si>
+    <t>00001881</t>
+  </si>
+  <si>
+    <t>KBCS</t>
+  </si>
+  <si>
+    <t>72450015ICZPNU5UOP87</t>
+  </si>
+  <si>
+    <t>KEMP TRADING B.V.</t>
+  </si>
+  <si>
+    <t>00004712</t>
+  </si>
+  <si>
+    <t>KEMP</t>
+  </si>
+  <si>
+    <t>9695005EOZG9X8IRJD84</t>
+  </si>
+  <si>
+    <t>KEPLER CHEVREUX</t>
+  </si>
+  <si>
+    <t>00004319,00000639</t>
+  </si>
+  <si>
+    <t>JUBI</t>
+  </si>
+  <si>
+    <t>1ZU7M6R6N6PXYJ6V0C83</t>
+  </si>
+  <si>
+    <t>KYTE BROKING LTD</t>
+  </si>
+  <si>
+    <t>00000366</t>
+  </si>
+  <si>
+    <t>KYTE</t>
+  </si>
+  <si>
+    <t>549300AKYALVKKLSOF08</t>
+  </si>
+  <si>
+    <t>LELEUX ASSOCIATED BROKERS</t>
+  </si>
+  <si>
+    <t>00001539</t>
+  </si>
+  <si>
+    <t>LELU</t>
+  </si>
+  <si>
+    <t>549300E5ENQVY2IBLF67</t>
+  </si>
+  <si>
+    <t>MACQUARIE BANK EUROPE DAC</t>
+  </si>
+  <si>
+    <t>00010271</t>
+  </si>
+  <si>
+    <t>MACQ</t>
+  </si>
+  <si>
+    <t>213800LFPK48IEQQW552</t>
+  </si>
+  <si>
+    <t>MAKO DERIVATIVES AMSTERDAM B.V.</t>
+  </si>
+  <si>
+    <t>00004429</t>
+  </si>
+  <si>
+    <t>MAKO</t>
+  </si>
+  <si>
+    <t>2138008VIMXS2JH9RM85</t>
+  </si>
+  <si>
+    <t>MAKO GLOBAL DERIVATIVES PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>00000440</t>
+  </si>
+  <si>
+    <t>MAGD</t>
+  </si>
+  <si>
+    <t>5493003EETVWYSIJ5A20</t>
+  </si>
+  <si>
+    <t>MAREX FINANCIAL</t>
+  </si>
+  <si>
+    <t>00000661</t>
+  </si>
+  <si>
+    <t>MARE</t>
+  </si>
+  <si>
+    <t>969500AMLHB21RACL168</t>
+  </si>
+  <si>
+    <t>MAREX SA</t>
+  </si>
+  <si>
+    <t>00004052</t>
+  </si>
+  <si>
+    <t>MASA</t>
+  </si>
+  <si>
+    <t>213800YRA1J9QFBMU217</t>
+  </si>
+  <si>
+    <t>MARIANA UFP LLP</t>
+  </si>
+  <si>
+    <t>00010058</t>
+  </si>
+  <si>
+    <t>MARI</t>
+  </si>
+  <si>
+    <t>969500FWB6L4IMCWRO70</t>
+  </si>
+  <si>
+    <t>MARKET SECURITIES (FRANCE) SA</t>
+  </si>
+  <si>
+    <t>00010018</t>
+  </si>
+  <si>
+    <t>MKTS</t>
+  </si>
+  <si>
+    <t>549300HNOCFVJN7H7J64</t>
+  </si>
+  <si>
+    <t>MARKET WIZARDS B.V.</t>
+  </si>
+  <si>
+    <t>00028648,00028091</t>
+  </si>
+  <si>
+    <t>WIZA</t>
+  </si>
+  <si>
+    <t>MARKET WIZARDS B.V. (ONLY DER 2)</t>
+  </si>
+  <si>
+    <t>00028648</t>
+  </si>
+  <si>
+    <t>WIZD</t>
+  </si>
+  <si>
+    <t>MARKET WIZARDS B.V. (ONLY DER)</t>
+  </si>
+  <si>
+    <t>00028091</t>
+  </si>
+  <si>
+    <t>MWIZ</t>
+  </si>
+  <si>
+    <t>254900GU6V65CVE9F170</t>
+  </si>
+  <si>
+    <t>MAVEN DERIVATIVES AM</t>
+  </si>
+  <si>
+    <t>00004479</t>
+  </si>
+  <si>
+    <t>MADA</t>
+  </si>
+  <si>
+    <t>MEDIOBANCA - BANCA DI CREDITO FINANZIARIO</t>
+  </si>
+  <si>
+    <t>00004114</t>
+  </si>
+  <si>
+    <t>GGDZP1UYGU9STUHRDP48</t>
+  </si>
+  <si>
+    <t>MERRILL LYNCH INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>00000640,00000516</t>
+  </si>
+  <si>
+    <t>MELI</t>
+  </si>
+  <si>
+    <t>00010137</t>
+  </si>
+  <si>
+    <t>549300JN1F17UXJMM315</t>
+  </si>
+  <si>
+    <t>MIND ENERGY A/S</t>
+  </si>
+  <si>
+    <t>00010315</t>
+  </si>
+  <si>
+    <t>MIND</t>
+  </si>
+  <si>
+    <t>724500LGY9DFI3QOGR89</t>
+  </si>
+  <si>
+    <t>MINT TOWER CAPITAL MANAGEMENT B.V.</t>
+  </si>
+  <si>
+    <t>00004351</t>
+  </si>
+  <si>
+    <t>MINT</t>
+  </si>
+  <si>
+    <t>815600BCEA4EE8F02106</t>
+  </si>
+  <si>
+    <t>MIT SIM S.P.A.</t>
+  </si>
+  <si>
+    <t>00010132</t>
+  </si>
+  <si>
+    <t>MITS</t>
+  </si>
+  <si>
+    <t>724500ZSA7ZOZHUXBS53</t>
+  </si>
+  <si>
+    <t>MIZUHO BANK EUROPE N.V.</t>
+  </si>
+  <si>
+    <t>00010336</t>
+  </si>
+  <si>
+    <t>MIBE</t>
+  </si>
+  <si>
+    <t>7TK5RJIZDFROZCA6XF66</t>
+  </si>
+  <si>
+    <t>MIZUHO SECURITIES USA LLC</t>
+  </si>
+  <si>
+    <t>00004275</t>
+  </si>
+  <si>
+    <t>MIZU</t>
+  </si>
+  <si>
+    <t>724500X1AMCX5YU3KG19</t>
+  </si>
+  <si>
+    <t>MMX TRADING B.V.</t>
+  </si>
+  <si>
+    <t>00004195</t>
+  </si>
+  <si>
+    <t>MMXT</t>
+  </si>
+  <si>
+    <t>549300OPI51WHXFIOC34</t>
+  </si>
+  <si>
+    <t>MODITY ENERGY TRADING</t>
+  </si>
+  <si>
+    <t>00010329</t>
+  </si>
+  <si>
+    <t>MODI</t>
+  </si>
+  <si>
+    <t>00004399</t>
+  </si>
+  <si>
+    <t>7245009EQOA9YHDR1W03</t>
+  </si>
+  <si>
+    <t>MUNNIK OPTIES EN FUTURES TRADING B.V.</t>
+  </si>
+  <si>
+    <t>00028465</t>
+  </si>
+  <si>
+    <t>MUNN</t>
+  </si>
+  <si>
+    <t>NATIXIS</t>
+  </si>
+  <si>
+    <t>00004725,00000697</t>
+  </si>
+  <si>
+    <t>NTXS</t>
+  </si>
+  <si>
+    <t>NATIXIS (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>00000697</t>
+  </si>
+  <si>
+    <t>NATD</t>
+  </si>
+  <si>
+    <t>9845003CE8BB8B88DF69</t>
+  </si>
+  <si>
+    <t>NITOR ENERGY A/S</t>
+  </si>
+  <si>
+    <t>00010281</t>
+  </si>
+  <si>
+    <t>NITO</t>
+  </si>
+  <si>
+    <t>549300UAGU1CYS3FVJ36</t>
+  </si>
+  <si>
+    <t>NORDIC POWER TRADING FUND A/S</t>
+  </si>
+  <si>
+    <t>00010280</t>
+  </si>
+  <si>
+    <t>NORD</t>
+  </si>
+  <si>
+    <t>9845006B69705DM45A16</t>
+  </si>
+  <si>
+    <t>NORLYS ENERGY TRADING A/S</t>
+  </si>
+  <si>
+    <t>00010311</t>
+  </si>
+  <si>
+    <t>NORL</t>
+  </si>
+  <si>
+    <t>5493009W2E2YDCXY6S81</t>
+  </si>
+  <si>
+    <t>NOVO BANCO</t>
+  </si>
+  <si>
+    <t>00010022</t>
+  </si>
+  <si>
+    <t>NOVO</t>
+  </si>
+  <si>
+    <t>54930008VXIDQX1NPK34</t>
+  </si>
+  <si>
+    <t>NTE ENERGI AS</t>
+  </si>
+  <si>
+    <t>00010290</t>
+  </si>
+  <si>
+    <t>NTEE</t>
+  </si>
+  <si>
+    <t>00000585</t>
+  </si>
+  <si>
+    <t>ODDO</t>
+  </si>
+  <si>
+    <t>549300TKCR7ADX1M3969</t>
+  </si>
+  <si>
+    <t>OERSTED SALG &amp; SERVICE A/S</t>
+  </si>
+  <si>
+    <t>00010257</t>
+  </si>
+  <si>
+    <t>OERS</t>
+  </si>
+  <si>
+    <t>549300WT0R7JM2KQSF84</t>
+  </si>
+  <si>
+    <t>OPTIVER TRADING US LLC</t>
+  </si>
+  <si>
+    <t>00010345</t>
+  </si>
+  <si>
+    <t>OPUS</t>
+  </si>
+  <si>
+    <t>7245009KRYSAYB2QCC29</t>
+  </si>
+  <si>
+    <t>OPTIVER V.O.F.</t>
+  </si>
+  <si>
+    <t>00000677</t>
+  </si>
+  <si>
+    <t>OPTV</t>
+  </si>
+  <si>
+    <t>213800IV5LCFAZYX1E20</t>
+  </si>
+  <si>
+    <t>OTC EUROPE LLP</t>
+  </si>
+  <si>
+    <t>00010232</t>
+  </si>
+  <si>
+    <t>OTCE</t>
+  </si>
+  <si>
+    <t>529900WYQEQ2YR7YKB62</t>
+  </si>
+  <si>
+    <t>PANTHERA INVESTMENT</t>
+  </si>
+  <si>
+    <t>00004115</t>
+  </si>
+  <si>
+    <t>PANT</t>
+  </si>
+  <si>
+    <t>969500ERWI0P3R7HUS93</t>
+  </si>
+  <si>
+    <t>PLANTUREUX ET ASSOCIES</t>
+  </si>
+  <si>
+    <t>00000224</t>
+  </si>
+  <si>
+    <t>PLEA</t>
+  </si>
+  <si>
+    <t>969500DEM67LRGQOTV19</t>
+  </si>
+  <si>
+    <t>PORTZAMPARC</t>
+  </si>
+  <si>
+    <t>00000549</t>
+  </si>
+  <si>
+    <t>PRTZ</t>
+  </si>
+  <si>
+    <t>743700AAP6SKGH5DXZ04</t>
+  </si>
+  <si>
+    <t>POWER-DERIVA OY</t>
+  </si>
+  <si>
+    <t>00010306</t>
+  </si>
+  <si>
+    <t>POWE</t>
+  </si>
+  <si>
+    <t>9695002ZQFZGWDVXU826</t>
+  </si>
+  <si>
+    <t>PROCAPITAL SA</t>
+  </si>
+  <si>
+    <t>00010241,00000499</t>
+  </si>
+  <si>
+    <t>PRCA</t>
+  </si>
+  <si>
+    <t>969500OLX8L2EJXGTS96</t>
+  </si>
+  <si>
+    <t>QUBE RESEARCH &amp; TECHNOLOGIES PARIS</t>
+  </si>
+  <si>
+    <t>00010088</t>
+  </si>
+  <si>
+    <t>QUBE</t>
+  </si>
+  <si>
+    <t>724500VH9JWY29MXNL28</t>
+  </si>
+  <si>
+    <t>RADIX TRADING EUROPE</t>
+  </si>
+  <si>
+    <t>00004411</t>
+  </si>
+  <si>
+    <t>RADX</t>
+  </si>
+  <si>
+    <t>5493002OB7HHR7O1QG65</t>
+  </si>
+  <si>
+    <t>RADIX TRADING LLC</t>
+  </si>
+  <si>
+    <t>00004372</t>
+  </si>
+  <si>
+    <t>RDXL</t>
+  </si>
+  <si>
+    <t>549300SXSTGQY3EA1B18</t>
+  </si>
+  <si>
+    <t>RBC CAPITAL MARKETS (EUROPE) GMBH</t>
+  </si>
+  <si>
+    <t>00004471</t>
+  </si>
+  <si>
+    <t>RBCC</t>
+  </si>
+  <si>
+    <t>TXDSU46SXBWIGJ8G8E98</t>
+  </si>
+  <si>
+    <t>RBC EUROPE LTD</t>
+  </si>
+  <si>
+    <t>00004001</t>
+  </si>
+  <si>
+    <t>RBCE</t>
+  </si>
+  <si>
+    <t>529900X4PRL0DZNPT990</t>
+  </si>
+  <si>
+    <t>RCUBE ASSET MGMT SAS</t>
+  </si>
+  <si>
+    <t>00010099</t>
+  </si>
+  <si>
+    <t>RCUB</t>
+  </si>
+  <si>
+    <t>REPLICA SIM SPA</t>
+  </si>
+  <si>
+    <t>00010138</t>
+  </si>
+  <si>
+    <t>969500IKNV38EK1P8O50</t>
+  </si>
+  <si>
+    <t>ROTHSCHILD MARTIN MAURE</t>
+  </si>
+  <si>
+    <t>00004444</t>
+  </si>
+  <si>
+    <t>ROMM</t>
+  </si>
+  <si>
+    <t>LNIESAYE8YOZQ4HW5207</t>
+  </si>
+  <si>
+    <t>RWE SUPPLY &amp; TRADING GMBH</t>
+  </si>
+  <si>
+    <t>00010279</t>
+  </si>
+  <si>
+    <t>549300TL5406IC1XKD09</t>
+  </si>
+  <si>
+    <t>SAXO BANK A/S</t>
+  </si>
+  <si>
+    <t>00010068</t>
+  </si>
+  <si>
+    <t>SAXO</t>
+  </si>
+  <si>
+    <t>5493006S6DF1Y8P45Q98</t>
+  </si>
+  <si>
+    <t>SCANENERGI A/S</t>
+  </si>
+  <si>
+    <t>00010307</t>
+  </si>
+  <si>
+    <t>SCAN</t>
+  </si>
+  <si>
+    <t>969500FDN8G43HMHZM83</t>
+  </si>
+  <si>
+    <t>SG OPTION EUROPE</t>
+  </si>
+  <si>
+    <t>SGOP</t>
+  </si>
+  <si>
+    <t>F3JS33DEI6XQ4ZBPTN86</t>
+  </si>
+  <si>
+    <t>SKANDINAVISKA ENSKILDA BANKEN AB</t>
+  </si>
+  <si>
+    <t>00000655</t>
+  </si>
+  <si>
+    <t>SKAN</t>
+  </si>
+  <si>
+    <t>549300XZX64WBNX25B71</t>
+  </si>
+  <si>
+    <t>SKELLEFTEA KRAFTAKTIEBOLAG</t>
+  </si>
+  <si>
+    <t>00010316</t>
+  </si>
+  <si>
+    <t>SKEL</t>
+  </si>
+  <si>
+    <t>549300T11AFGR3RWO207</t>
+  </si>
+  <si>
+    <t>SKS HANDEL AS</t>
+  </si>
+  <si>
+    <t>00010317</t>
+  </si>
+  <si>
+    <t>SKSH</t>
+  </si>
+  <si>
+    <t>969500UEQ3U3P21QNJ13</t>
+  </si>
+  <si>
+    <t>SOCIETE DE BOURSE GILBERT DUPONT</t>
+  </si>
+  <si>
+    <t>00000583</t>
+  </si>
+  <si>
+    <t>SBGD</t>
+  </si>
+  <si>
+    <t>00029510,00004082,00010069,00000504,00004407</t>
+  </si>
+  <si>
+    <t>SOCIETE GENERALE - DERIVATIVES</t>
+  </si>
+  <si>
+    <t>00001504</t>
+  </si>
+  <si>
+    <t>SGDE</t>
+  </si>
+  <si>
+    <t>5967007LIEEXZX5AEG57</t>
+  </si>
+  <si>
+    <t>SPAREBANK 1 MARKETS AS</t>
+  </si>
+  <si>
+    <t>00010043</t>
+  </si>
+  <si>
+    <t>SPAR</t>
+  </si>
+  <si>
+    <t>00004728</t>
+  </si>
+  <si>
+    <t>5299006LO74A8XKRK989</t>
+  </si>
+  <si>
+    <t>STATKRAFT ENERGI AS</t>
+  </si>
+  <si>
+    <t>00010262</t>
+  </si>
+  <si>
+    <t>STEN</t>
+  </si>
+  <si>
+    <t>529900FCS5S6HQ1B8S98</t>
+  </si>
+  <si>
+    <t>STATKRAFT MARKETS GMBH</t>
+  </si>
+  <si>
+    <t>00010268</t>
+  </si>
+  <si>
+    <t>STMA</t>
+  </si>
+  <si>
+    <t>5299005MIHH61P5F9H39</t>
+  </si>
+  <si>
+    <t>STONEX FINANCIAL EUROPE GMBH</t>
+  </si>
+  <si>
+    <t>00010242</t>
+  </si>
+  <si>
+    <t>SFEG</t>
+  </si>
+  <si>
+    <t>549300LNKU6K5TJCRG93</t>
+  </si>
+  <si>
+    <t>STONEX FINANCIAL INC</t>
+  </si>
+  <si>
+    <t>00004008</t>
+  </si>
+  <si>
+    <t>STIN</t>
+  </si>
+  <si>
+    <t>549300AWF3TOHRYL7754</t>
+  </si>
+  <si>
+    <t>STONEX FINANCIAL LTD</t>
+  </si>
+  <si>
+    <t>00004357</t>
+  </si>
+  <si>
+    <t>STON</t>
+  </si>
+  <si>
+    <t>635400IAV22ZOU1NFS89</t>
+  </si>
+  <si>
+    <t>SUSQUEHANNA INTL</t>
+  </si>
+  <si>
+    <t>00004120,00004349,00010103,00010339</t>
+  </si>
+  <si>
+    <t>SUSQ</t>
+  </si>
+  <si>
+    <t>SUSQUEHANNA INTL (ONLY DER 2)</t>
+  </si>
+  <si>
+    <t>00004120</t>
+  </si>
+  <si>
+    <t>SUSD</t>
+  </si>
+  <si>
+    <t>SUSQUEHANNA INTL (ONLY DER)</t>
+  </si>
+  <si>
+    <t>00004349</t>
+  </si>
+  <si>
+    <t>SUSI</t>
+  </si>
+  <si>
+    <t>7437007DWK3JW0M1K195</t>
+  </si>
+  <si>
+    <t>TAMPEREEN ENERGIA OY</t>
+  </si>
+  <si>
+    <t>00010318</t>
+  </si>
+  <si>
+    <t>TAMP</t>
+  </si>
+  <si>
+    <t>549300WXUYR1CMLDQF25</t>
+  </si>
+  <si>
+    <t>TFS DERIVATIVES LTD</t>
+  </si>
+  <si>
+    <t>00000622</t>
+  </si>
+  <si>
+    <t>TFSD</t>
+  </si>
+  <si>
+    <t>2138008UL4MT8SNYKX10</t>
+  </si>
+  <si>
+    <t>TOWER RESEARCH CAPITAL EUROPE BV</t>
+  </si>
+  <si>
+    <t>00010102,00004474</t>
+  </si>
+  <si>
+    <t>TOWR</t>
+  </si>
+  <si>
+    <t>TOWER RESEARCH CAPITAL EUROPE BV (ONLY DER 2)</t>
+  </si>
+  <si>
+    <t>00010102</t>
+  </si>
+  <si>
+    <t>TOWD</t>
+  </si>
+  <si>
+    <t>TOWER RESEARCH CAPITAL EUROPE BV (ONLY DER)</t>
+  </si>
+  <si>
+    <t>00004474</t>
+  </si>
+  <si>
+    <t>TOWE</t>
+  </si>
+  <si>
+    <t>213800R54EFFINMY1P02</t>
+  </si>
+  <si>
+    <t>TP ICAP (EUROPE) SA</t>
+  </si>
+  <si>
+    <t>00004478</t>
+  </si>
+  <si>
+    <t>TPIC</t>
+  </si>
+  <si>
+    <t>549300BMVW85YF9FGN67</t>
+  </si>
+  <si>
+    <t>TP ICAP BROKING LTD</t>
+  </si>
+  <si>
+    <t>00004219</t>
+  </si>
+  <si>
+    <t>TPIB</t>
+  </si>
+  <si>
+    <t>549300MU2MYJLOY6IJ51</t>
+  </si>
+  <si>
+    <t>TP ICAP EC LIMITED</t>
+  </si>
+  <si>
+    <t>00000586</t>
+  </si>
+  <si>
+    <t>TIEL</t>
+  </si>
+  <si>
+    <t>969500ULC0Y1IG0A4O72</t>
+  </si>
+  <si>
+    <t>TRADITION SECURITIES AND FUTURES (TSAF)</t>
+  </si>
+  <si>
+    <t>00000527,00000523</t>
+  </si>
+  <si>
+    <t>TRSF</t>
+  </si>
+  <si>
+    <t>549300SZWUZNW051EX70</t>
+  </si>
+  <si>
+    <t>TRAFIKVERKET</t>
+  </si>
+  <si>
+    <t>00010319</t>
+  </si>
+  <si>
+    <t>TRAF</t>
+  </si>
+  <si>
+    <t>529900A42A65AFJG6O09</t>
+  </si>
+  <si>
+    <t>TRIANEL GMBH</t>
+  </si>
+  <si>
+    <t>00010333</t>
+  </si>
+  <si>
+    <t>TRIA</t>
+  </si>
+  <si>
+    <t>213800E2SZNUU4RYCC08</t>
+  </si>
+  <si>
+    <t>TRINITY HILL CAPITAL MANAGEMENT</t>
+  </si>
+  <si>
+    <t>00010245</t>
+  </si>
+  <si>
+    <t>JE</t>
+  </si>
+  <si>
+    <t>THCM</t>
+  </si>
+  <si>
+    <t>529900B8PEULRMKKUH71</t>
+  </si>
+  <si>
+    <t>UAB IGNITIS</t>
+  </si>
+  <si>
+    <t>00010343</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>IGNT</t>
+  </si>
+  <si>
+    <t>00004406</t>
+  </si>
+  <si>
+    <t>UBS EUROPE SE (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>UBSE</t>
+  </si>
+  <si>
+    <t>50670029C9OFTU6NFN86</t>
+  </si>
+  <si>
+    <t>UG EUROPE AG</t>
+  </si>
+  <si>
+    <t>00010039</t>
+  </si>
+  <si>
+    <t>UGEU</t>
+  </si>
+  <si>
+    <t>00000695</t>
+  </si>
+  <si>
+    <t>UBAG</t>
+  </si>
+  <si>
+    <t>UNICREDIT BANK GMBH (DERIVATIVES)</t>
+  </si>
+  <si>
+    <t>UCBD</t>
+  </si>
+  <si>
+    <t>UNICREDIT GMBH MILAN BRANCH</t>
+  </si>
+  <si>
+    <t>00010153</t>
+  </si>
+  <si>
+    <t>00010236,00010237</t>
+  </si>
+  <si>
+    <t>UNICREDIT SPA (PURE CLEARER)</t>
+  </si>
+  <si>
+    <t>EBX30MC15ELIMN60BF76</t>
+  </si>
+  <si>
+    <t>UNIPER GLOBAL COMMODITIES SE</t>
+  </si>
+  <si>
+    <t>00010273</t>
+  </si>
+  <si>
+    <t>UNPR</t>
+  </si>
+  <si>
+    <t>213800EC6PW5VU4J9U64</t>
+  </si>
+  <si>
+    <t>UPM-KYMMENE OYJ</t>
+  </si>
+  <si>
+    <t>00010334</t>
+  </si>
+  <si>
+    <t>UPMK</t>
+  </si>
+  <si>
+    <t>724500P0J5GAVK80H143</t>
+  </si>
+  <si>
+    <t>UTR8 B.V.</t>
+  </si>
+  <si>
+    <t>00004379</t>
+  </si>
+  <si>
+    <t>UTR8</t>
+  </si>
+  <si>
+    <t>724500D8WOYCL1BUCB80</t>
+  </si>
+  <si>
+    <t>VAN LANSCHOT KEMPEN NV</t>
+  </si>
+  <si>
+    <t>00029183</t>
+  </si>
+  <si>
+    <t>VANL</t>
+  </si>
+  <si>
+    <t>7437005HSSQJYGIKV769</t>
+  </si>
+  <si>
+    <t>VANTAAN ENERGIA</t>
+  </si>
+  <si>
+    <t>00010310</t>
+  </si>
+  <si>
+    <t>VANT</t>
+  </si>
+  <si>
+    <t>2138007ZHUXSGBB53N72</t>
+  </si>
+  <si>
+    <t>VANTAGE CAPITAL MARK</t>
+  </si>
+  <si>
+    <t>00004365</t>
+  </si>
+  <si>
+    <t>549300T5RZ1HA5HZ3109</t>
+  </si>
+  <si>
+    <t>VATTENFALL AB</t>
+  </si>
+  <si>
+    <t>00010294</t>
+  </si>
+  <si>
+    <t>VATN</t>
+  </si>
+  <si>
+    <t>213800EEC95PRUCEUP63</t>
+  </si>
+  <si>
+    <t>VIRTU EUROPE TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>00000493,00010081</t>
+  </si>
+  <si>
+    <t>VITG</t>
+  </si>
+  <si>
+    <t>549300XG5LFGN1IGYC71</t>
+  </si>
+  <si>
+    <t>VIRTU FINANCIAL IRELAND LIMITED</t>
+  </si>
+  <si>
+    <t>00004743</t>
+  </si>
+  <si>
+    <t>VIRT</t>
+  </si>
+  <si>
+    <t>LRTJ90BDKWYUKQ3QY816</t>
+  </si>
+  <si>
+    <t>VITOL SA</t>
+  </si>
+  <si>
+    <t>00010292</t>
+  </si>
+  <si>
+    <t>VITO</t>
+  </si>
+  <si>
+    <t>213800MZ412TC3WMLB35</t>
+  </si>
+  <si>
+    <t>VOLUE MARKET SERVICES AS</t>
+  </si>
+  <si>
+    <t>00010288</t>
+  </si>
+  <si>
+    <t>VOLU</t>
+  </si>
+  <si>
+    <t>724500VR7OURFA1R7694</t>
+  </si>
+  <si>
+    <t>WEBB TRADERS B.V.</t>
+  </si>
+  <si>
+    <t>00004748</t>
+  </si>
+  <si>
+    <t>WETR</t>
+  </si>
+  <si>
+    <t>2138008NIL42YTU4S857</t>
+  </si>
+  <si>
+    <t>XCONNECT TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>00004059</t>
+  </si>
+  <si>
+    <t>XCON</t>
+  </si>
+  <si>
+    <t>213800J256ZBGMGZLV44</t>
+  </si>
+  <si>
+    <t>XTX MARKETS SAS</t>
+  </si>
+  <si>
+    <t>00004465</t>
+  </si>
+  <si>
+    <t>XTXM</t>
+  </si>
+  <si>
+    <t>984500BWF73946854Q51</t>
+  </si>
+  <si>
+    <t>YVE AS</t>
+  </si>
+  <si>
+    <t>00010309</t>
+  </si>
+  <si>
+    <t>YVE</t>
+  </si>
+  <si>
+    <t>RWST</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1 lines deleted...]
-  <fonts count="2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b val="1"/>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin"/>
-[...2 lines deleted...]
-      <bottom style="thin"/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -420,13245 +4660,10235 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:J106"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:J109"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView topLeftCell="A25" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col width="35" customWidth="1" min="1" max="1"/>
-[...8 lines deleted...]
-    <col width="20" customWidth="1" min="10" max="10"/>
+    <col min="1" max="1" width="35" customWidth="1"/>
+    <col min="2" max="2" width="46" customWidth="1"/>
+    <col min="3" max="4" width="26" customWidth="1"/>
+    <col min="5" max="5" width="13" customWidth="1"/>
+    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="7" max="7" width="14" customWidth="1"/>
+    <col min="8" max="8" width="25" customWidth="1"/>
+    <col min="9" max="9" width="22" customWidth="1"/>
+    <col min="10" max="10" width="20" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
-[...77 lines deleted...]
-      <c r="F2" t="n">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2">
         <v>2495</v>
       </c>
-      <c r="G2" t="n">
+      <c r="G2">
         <v>21422</v>
       </c>
-      <c r="H2" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F3" t="n">
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3">
         <v>2495</v>
       </c>
-      <c r="G3" t="n">
+      <c r="G3">
         <v>21422</v>
       </c>
-      <c r="H3" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F4" t="n">
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4">
         <v>5036</v>
       </c>
-      <c r="G4" t="n">
+      <c r="G4">
         <v>5036</v>
       </c>
-      <c r="H4" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F5" t="n">
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5">
         <v>6262</v>
       </c>
-      <c r="G5" t="n">
+      <c r="G5">
         <v>3045</v>
       </c>
-      <c r="H5" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F6" t="n">
+      <c r="H5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I5" t="s">
+        <v>22</v>
+      </c>
+      <c r="J5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6">
         <v>9195</v>
       </c>
-      <c r="G6" t="n">
+      <c r="G6">
         <v>91095</v>
       </c>
-      <c r="H6" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F7" t="n">
+      <c r="I6" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7">
         <v>6085</v>
       </c>
-      <c r="G7" t="n">
+      <c r="G7">
         <v>6085</v>
       </c>
-      <c r="H7" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F8" t="n">
+      <c r="H7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8">
         <v>3017</v>
       </c>
-      <c r="G8" t="n">
+      <c r="G8">
         <v>3017</v>
       </c>
-      <c r="H8" t="inlineStr">
-[...37 lines deleted...]
-      <c r="F9" t="n">
+      <c r="H8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I8" t="s">
+        <v>22</v>
+      </c>
+      <c r="J8" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9">
         <v>1201</v>
       </c>
-      <c r="G9" t="n">
+      <c r="G9">
         <v>91201</v>
       </c>
-      <c r="H9" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F10" t="n">
+      <c r="H9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>21</v>
+      </c>
+      <c r="F10">
         <v>3124</v>
       </c>
-      <c r="G10" t="n">
+      <c r="G10">
         <v>3124</v>
       </c>
-      <c r="H10" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F11" t="n">
+      <c r="H10" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11">
         <v>3048</v>
       </c>
-      <c r="G11" t="n">
+      <c r="G11">
         <v>3048</v>
       </c>
-      <c r="H11" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F12" t="n">
+      <c r="H11" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12">
         <v>5484</v>
       </c>
-      <c r="G12" t="n">
+      <c r="G12">
         <v>5484</v>
       </c>
-      <c r="H12" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F13" t="n">
+      <c r="H12" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>21</v>
+      </c>
+      <c r="F13">
         <v>5156</v>
       </c>
-      <c r="G13" t="n">
+      <c r="G13">
         <v>5156</v>
       </c>
-      <c r="H13" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F14" t="n">
+      <c r="H13" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F14">
         <v>3087</v>
       </c>
-      <c r="G14" t="n">
+      <c r="G14">
         <v>3087</v>
       </c>
-      <c r="H14" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F15" t="n">
+      <c r="H14" t="s">
+        <v>22</v>
+      </c>
+      <c r="I14" t="s">
+        <v>22</v>
+      </c>
+      <c r="J14" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" t="s">
+        <v>21</v>
+      </c>
+      <c r="F15">
         <v>3075</v>
       </c>
-      <c r="G15" t="n">
+      <c r="G15">
         <v>3075</v>
       </c>
-      <c r="H15" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F16" t="n">
+      <c r="H15" t="s">
+        <v>22</v>
+      </c>
+      <c r="I15" t="s">
+        <v>22</v>
+      </c>
+      <c r="J15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>21</v>
+      </c>
+      <c r="F16">
         <v>3205</v>
       </c>
-      <c r="G16" t="n">
+      <c r="G16">
         <v>3205</v>
       </c>
-      <c r="H16" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F17" t="n">
+      <c r="H16" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>21</v>
+      </c>
+      <c r="F17">
         <v>6254</v>
       </c>
-      <c r="G17" t="n">
+      <c r="G17">
         <v>3043</v>
       </c>
-      <c r="H17" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F18" t="n">
+      <c r="I17" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18">
         <v>3062</v>
       </c>
-      <c r="G18" t="n">
+      <c r="G18">
         <v>3062</v>
       </c>
-      <c r="H18" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F19" t="n">
+      <c r="H18" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19">
         <v>1030</v>
       </c>
-      <c r="G19" t="n">
+      <c r="G19">
         <v>1030</v>
       </c>
-      <c r="H19" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F20" t="n">
+      <c r="H19" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" t="s">
+        <v>15</v>
+      </c>
+      <c r="J19" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>85</v>
+      </c>
+      <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20">
         <v>3332</v>
       </c>
-      <c r="G20" t="n">
+      <c r="G20">
         <v>3332</v>
       </c>
-      <c r="H20" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F21" t="n">
+      <c r="H20" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>89</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21">
         <v>5856</v>
       </c>
-      <c r="G21" t="n">
+      <c r="G21">
         <v>5856</v>
       </c>
-      <c r="H21" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F22" t="n">
+      <c r="H21" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
+        <v>93</v>
+      </c>
+      <c r="E22" t="s">
+        <v>21</v>
+      </c>
+      <c r="F22">
         <v>5104</v>
       </c>
-      <c r="G22" t="n">
+      <c r="G22">
         <v>5104</v>
       </c>
-      <c r="H22" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F23" t="n">
+      <c r="H22" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" t="s">
+        <v>97</v>
+      </c>
+      <c r="E23" t="s">
+        <v>21</v>
+      </c>
+      <c r="F23">
         <v>5232</v>
       </c>
-      <c r="G23" t="n">
+      <c r="G23">
         <v>5232</v>
       </c>
-      <c r="H23" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F24" t="n">
+      <c r="H23" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>101</v>
+      </c>
+      <c r="E24" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24">
         <v>5696</v>
       </c>
-      <c r="G24" t="n">
+      <c r="G24">
         <v>5696</v>
       </c>
-      <c r="H24" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F25" t="n">
+      <c r="H24" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" t="s">
+        <v>105</v>
+      </c>
+      <c r="E25" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25">
         <v>5385</v>
       </c>
-      <c r="G25" t="n">
+      <c r="G25">
         <v>5385</v>
       </c>
-      <c r="H25" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F26" t="n">
+      <c r="H25" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>107</v>
+      </c>
+      <c r="C26" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" t="s">
+        <v>109</v>
+      </c>
+      <c r="E26" t="s">
+        <v>21</v>
+      </c>
+      <c r="F26">
         <v>5262</v>
       </c>
-      <c r="G26" t="n">
+      <c r="G26">
         <v>5262</v>
       </c>
-      <c r="H26" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F27" t="n">
+      <c r="H26" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" t="s">
+        <v>113</v>
+      </c>
+      <c r="E27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27">
         <v>3025</v>
       </c>
-      <c r="G27" t="n">
+      <c r="G27">
         <v>3025</v>
       </c>
-      <c r="H27" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F28" t="n">
+      <c r="H27" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
+        <v>115</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" t="s">
+        <v>21</v>
+      </c>
+      <c r="F28">
         <v>5015</v>
       </c>
-      <c r="G28" t="n">
+      <c r="G28">
         <v>5015</v>
       </c>
-      <c r="H28" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F29" t="n">
+      <c r="H28" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" t="s">
+        <v>120</v>
+      </c>
+      <c r="D29" t="s">
+        <v>121</v>
+      </c>
+      <c r="E29" t="s">
+        <v>21</v>
+      </c>
+      <c r="F29">
         <v>3311</v>
       </c>
-      <c r="G29" t="n">
+      <c r="G29">
         <v>3311</v>
       </c>
-      <c r="H29" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F30" t="n">
+      <c r="H29" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" t="s">
+        <v>15</v>
+      </c>
+      <c r="J29" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E30" t="s">
+        <v>21</v>
+      </c>
+      <c r="F30">
         <v>3398</v>
       </c>
-      <c r="G30" t="n">
+      <c r="G30">
         <v>3398</v>
       </c>
-      <c r="H30" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F31" t="n">
+      <c r="H30" t="s">
+        <v>30</v>
+      </c>
+      <c r="I30" t="s">
+        <v>30</v>
+      </c>
+      <c r="J30" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>127</v>
+      </c>
+      <c r="C31" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" t="s">
+        <v>129</v>
+      </c>
+      <c r="E31" t="s">
+        <v>21</v>
+      </c>
+      <c r="F31">
         <v>3158</v>
       </c>
-      <c r="G31" t="n">
+      <c r="G31">
         <v>3158</v>
       </c>
-      <c r="H31" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F32" t="n">
+      <c r="H31" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>131</v>
+      </c>
+      <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
+        <v>133</v>
+      </c>
+      <c r="E32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F32">
         <v>3598</v>
       </c>
-      <c r="G32" t="n">
+      <c r="G32">
         <v>3598</v>
       </c>
-      <c r="H32" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F33" t="n">
+      <c r="H32" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
+        <v>135</v>
+      </c>
+      <c r="C33" t="s">
+        <v>136</v>
+      </c>
+      <c r="D33" t="s">
+        <v>137</v>
+      </c>
+      <c r="E33" t="s">
+        <v>21</v>
+      </c>
+      <c r="F33">
         <v>5116</v>
       </c>
-      <c r="G33" t="n">
+      <c r="G33">
         <v>5116</v>
       </c>
-      <c r="H33" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F34" t="n">
+      <c r="H33" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" t="s">
+        <v>139</v>
+      </c>
+      <c r="C34" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" t="s">
+        <v>141</v>
+      </c>
+      <c r="E34" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34">
         <v>1296</v>
       </c>
-      <c r="G34" t="n">
+      <c r="G34">
         <v>21296</v>
       </c>
-      <c r="H34" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F35" t="n">
+      <c r="I34" t="s">
+        <v>30</v>
+      </c>
+      <c r="J34" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" t="s">
+        <v>146</v>
+      </c>
+      <c r="E35" t="s">
+        <v>21</v>
+      </c>
+      <c r="F35">
         <v>5034</v>
       </c>
-      <c r="G35" t="n">
+      <c r="G35">
         <v>5034</v>
       </c>
-      <c r="H35" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F36" t="n">
+      <c r="H35" t="s">
+        <v>15</v>
+      </c>
+      <c r="I35" t="s">
+        <v>15</v>
+      </c>
+      <c r="J35" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>150</v>
+      </c>
+      <c r="E36" t="s">
+        <v>21</v>
+      </c>
+      <c r="F36">
         <v>3440</v>
       </c>
-      <c r="G36" t="n">
+      <c r="G36">
         <v>3440</v>
       </c>
-      <c r="H36" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F37" t="n">
+      <c r="H36" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>154</v>
+      </c>
+      <c r="E37" t="s">
+        <v>21</v>
+      </c>
+      <c r="F37">
         <v>3425</v>
       </c>
-      <c r="G37" t="n">
+      <c r="G37">
         <v>3425</v>
       </c>
-      <c r="H37" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F38" t="n">
+      <c r="H37" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>158</v>
+      </c>
+      <c r="E38" t="s">
+        <v>159</v>
+      </c>
+      <c r="F38">
         <v>1675</v>
       </c>
-      <c r="G38" t="n">
+      <c r="G38">
         <v>21675</v>
       </c>
-      <c r="H38" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F39" t="n">
+      <c r="I38" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>163</v>
+      </c>
+      <c r="E39" t="s">
+        <v>21</v>
+      </c>
+      <c r="F39">
         <v>5424</v>
       </c>
-      <c r="G39" t="n">
+      <c r="G39">
         <v>5424</v>
       </c>
-      <c r="H39" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F40" t="n">
+      <c r="H39" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" t="s">
+        <v>167</v>
+      </c>
+      <c r="E40" t="s">
+        <v>21</v>
+      </c>
+      <c r="F40">
         <v>5000</v>
       </c>
-      <c r="G40" t="n">
+      <c r="G40">
         <v>5000</v>
       </c>
-      <c r="H40" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F41" t="n">
+      <c r="H40" t="s">
+        <v>15</v>
+      </c>
+      <c r="I40" t="s">
+        <v>15</v>
+      </c>
+      <c r="J40" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" t="s">
+        <v>169</v>
+      </c>
+      <c r="C41" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" t="s">
+        <v>171</v>
+      </c>
+      <c r="E41" t="s">
+        <v>172</v>
+      </c>
+      <c r="F41">
         <v>2054</v>
       </c>
-      <c r="G41" t="n">
+      <c r="G41">
         <v>22054</v>
       </c>
-      <c r="H41" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F42" t="n">
+      <c r="I41" t="s">
+        <v>30</v>
+      </c>
+      <c r="J41" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" t="s">
+        <v>175</v>
+      </c>
+      <c r="D42" t="s">
+        <v>176</v>
+      </c>
+      <c r="E42" t="s">
+        <v>172</v>
+      </c>
+      <c r="F42">
         <v>3181</v>
       </c>
-      <c r="G42" t="n">
+      <c r="G42">
         <v>3181</v>
       </c>
-      <c r="H42" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F43" t="n">
+      <c r="H42" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>177</v>
+      </c>
+      <c r="B43" t="s">
+        <v>178</v>
+      </c>
+      <c r="C43" t="s">
+        <v>179</v>
+      </c>
+      <c r="D43" t="s">
+        <v>176</v>
+      </c>
+      <c r="E43" t="s">
+        <v>172</v>
+      </c>
+      <c r="F43">
         <v>1006</v>
       </c>
-      <c r="G43" t="n">
+      <c r="G43">
         <v>21005</v>
       </c>
-      <c r="H43" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F44" t="n">
+      <c r="I43" t="s">
+        <v>30</v>
+      </c>
+      <c r="J43" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" t="s">
+        <v>182</v>
+      </c>
+      <c r="D44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E44" t="s">
+        <v>172</v>
+      </c>
+      <c r="F44">
         <v>3479</v>
       </c>
-      <c r="G44" t="n">
+      <c r="G44">
         <v>3479</v>
       </c>
-      <c r="H44" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F45" t="n">
+      <c r="I44" t="s">
+        <v>15</v>
+      </c>
+      <c r="J44" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>184</v>
+      </c>
+      <c r="C45" t="s">
+        <v>185</v>
+      </c>
+      <c r="D45" t="s">
+        <v>186</v>
+      </c>
+      <c r="E45" t="s">
+        <v>172</v>
+      </c>
+      <c r="F45">
         <v>1226</v>
       </c>
-      <c r="G45" t="n">
+      <c r="G45">
         <v>91226</v>
       </c>
-      <c r="H45" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F46" t="n">
+      <c r="I45" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>187</v>
+      </c>
+      <c r="B46" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" t="s">
+        <v>189</v>
+      </c>
+      <c r="D46" t="s">
+        <v>190</v>
+      </c>
+      <c r="E46" t="s">
+        <v>21</v>
+      </c>
+      <c r="F46">
         <v>5387</v>
       </c>
-      <c r="G46" t="n">
+      <c r="G46">
         <v>5387</v>
       </c>
-      <c r="H46" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F47" t="n">
+      <c r="H46" t="s">
+        <v>22</v>
+      </c>
+      <c r="I46" t="s">
+        <v>22</v>
+      </c>
+      <c r="J46" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" t="s">
+        <v>192</v>
+      </c>
+      <c r="C47" t="s">
+        <v>193</v>
+      </c>
+      <c r="D47" t="s">
+        <v>194</v>
+      </c>
+      <c r="E47" t="s">
+        <v>195</v>
+      </c>
+      <c r="F47">
         <v>9125</v>
       </c>
-      <c r="G47" t="n">
+      <c r="G47">
         <v>91025</v>
       </c>
-      <c r="H47" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F48" t="n">
+      <c r="I47" t="s">
+        <v>15</v>
+      </c>
+      <c r="J47" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>196</v>
+      </c>
+      <c r="B48" t="s">
+        <v>197</v>
+      </c>
+      <c r="C48" t="s">
+        <v>198</v>
+      </c>
+      <c r="D48" t="s">
+        <v>199</v>
+      </c>
+      <c r="E48" t="s">
+        <v>21</v>
+      </c>
+      <c r="F48">
         <v>3599</v>
       </c>
-      <c r="G48" t="n">
+      <c r="G48">
         <v>3599</v>
       </c>
-      <c r="H48" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F49" t="n">
+      <c r="H48" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>200</v>
+      </c>
+      <c r="B49" t="s">
+        <v>201</v>
+      </c>
+      <c r="C49" t="s">
+        <v>202</v>
+      </c>
+      <c r="D49" t="s">
+        <v>203</v>
+      </c>
+      <c r="E49" t="s">
+        <v>21</v>
+      </c>
+      <c r="F49">
         <v>3493</v>
       </c>
-      <c r="G49" t="n">
+      <c r="G49">
         <v>3493</v>
       </c>
-      <c r="H49" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F50" t="n">
+      <c r="H49" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>204</v>
+      </c>
+      <c r="B50" t="s">
+        <v>205</v>
+      </c>
+      <c r="C50" t="s">
+        <v>206</v>
+      </c>
+      <c r="D50" t="s">
+        <v>207</v>
+      </c>
+      <c r="E50" t="s">
+        <v>21</v>
+      </c>
+      <c r="F50">
         <v>7602</v>
       </c>
-      <c r="G50" t="n">
+      <c r="G50">
         <v>7602</v>
       </c>
-      <c r="H50" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F51" t="n">
+      <c r="H50" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" t="s">
+        <v>209</v>
+      </c>
+      <c r="C51" t="s">
+        <v>210</v>
+      </c>
+      <c r="D51" t="s">
+        <v>211</v>
+      </c>
+      <c r="E51" t="s">
+        <v>21</v>
+      </c>
+      <c r="F51">
         <v>645</v>
       </c>
-      <c r="G51" t="n">
+      <c r="G51">
         <v>6045</v>
       </c>
-      <c r="H51" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F52" t="n">
+      <c r="H51" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>212</v>
+      </c>
+      <c r="B52" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" t="s">
+        <v>215</v>
+      </c>
+      <c r="E52" t="s">
+        <v>21</v>
+      </c>
+      <c r="F52">
         <v>637</v>
       </c>
-      <c r="G52" t="n">
+      <c r="G52">
         <v>6370</v>
       </c>
-      <c r="H52" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F53" t="n">
+      <c r="H52" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>216</v>
+      </c>
+      <c r="B53" t="s">
+        <v>217</v>
+      </c>
+      <c r="C53" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" t="s">
+        <v>207</v>
+      </c>
+      <c r="E53" t="s">
+        <v>21</v>
+      </c>
+      <c r="F53">
         <v>1232</v>
       </c>
-      <c r="G53" t="n">
+      <c r="G53">
         <v>91232</v>
       </c>
-      <c r="H53" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F54" t="n">
+      <c r="H53" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>219</v>
+      </c>
+      <c r="B54" t="s">
+        <v>220</v>
+      </c>
+      <c r="C54" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" t="s">
+        <v>207</v>
+      </c>
+      <c r="E54" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54">
         <v>1229</v>
       </c>
-      <c r="G54" t="n">
+      <c r="G54">
         <v>91229</v>
       </c>
-      <c r="H54" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F55" t="n">
+      <c r="H54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" t="s">
+        <v>223</v>
+      </c>
+      <c r="C55" t="s">
+        <v>224</v>
+      </c>
+      <c r="D55" t="s">
+        <v>207</v>
+      </c>
+      <c r="E55" t="s">
+        <v>21</v>
+      </c>
+      <c r="F55">
         <v>1233</v>
       </c>
-      <c r="G55" t="n">
+      <c r="G55">
         <v>91233</v>
       </c>
-      <c r="H55" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F56" t="n">
+      <c r="H55" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>225</v>
+      </c>
+      <c r="B56" t="s">
+        <v>226</v>
+      </c>
+      <c r="C56" t="s">
+        <v>227</v>
+      </c>
+      <c r="D56" t="s">
+        <v>228</v>
+      </c>
+      <c r="E56" t="s">
+        <v>159</v>
+      </c>
+      <c r="F56">
         <v>1082</v>
       </c>
-      <c r="G56" t="n">
+      <c r="G56">
         <v>21082</v>
       </c>
-      <c r="H56" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F57" t="n">
+      <c r="I56" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>229</v>
+      </c>
+      <c r="B57" t="s">
+        <v>230</v>
+      </c>
+      <c r="C57" t="s">
+        <v>231</v>
+      </c>
+      <c r="D57" t="s">
+        <v>232</v>
+      </c>
+      <c r="E57" t="s">
+        <v>195</v>
+      </c>
+      <c r="F57">
         <v>1147</v>
       </c>
-      <c r="G57" t="n">
+      <c r="G57">
         <v>91147</v>
       </c>
-      <c r="H57" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F58" t="n">
+      <c r="I57" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>233</v>
+      </c>
+      <c r="B58" t="s">
+        <v>234</v>
+      </c>
+      <c r="C58" t="s">
+        <v>235</v>
+      </c>
+      <c r="D58" t="s">
+        <v>236</v>
+      </c>
+      <c r="E58" t="s">
+        <v>172</v>
+      </c>
+      <c r="F58">
         <v>1085</v>
       </c>
-      <c r="G58" t="n">
+      <c r="G58">
         <v>21085</v>
       </c>
-      <c r="H58" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F59" t="n">
+      <c r="I58" t="s">
+        <v>30</v>
+      </c>
+      <c r="J58" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>237</v>
+      </c>
+      <c r="B59" t="s">
+        <v>238</v>
+      </c>
+      <c r="C59" t="s">
+        <v>239</v>
+      </c>
+      <c r="D59" t="s">
+        <v>240</v>
+      </c>
+      <c r="E59" t="s">
+        <v>21</v>
+      </c>
+      <c r="F59">
         <v>3032</v>
       </c>
-      <c r="G59" t="n">
+      <c r="G59">
         <v>3032</v>
       </c>
-      <c r="H59" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F60" t="n">
+      <c r="H59" t="s">
+        <v>22</v>
+      </c>
+      <c r="I59" t="s">
+        <v>22</v>
+      </c>
+      <c r="J59" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
+        <v>242</v>
+      </c>
+      <c r="C60" t="s">
+        <v>243</v>
+      </c>
+      <c r="D60" t="s">
+        <v>244</v>
+      </c>
+      <c r="E60" t="s">
+        <v>195</v>
+      </c>
+      <c r="F60">
         <v>1214</v>
       </c>
-      <c r="G60" t="n">
+      <c r="G60">
         <v>91214</v>
       </c>
-      <c r="H60" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F61" t="n">
+      <c r="I60" t="s">
+        <v>30</v>
+      </c>
+      <c r="J60" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>246</v>
+      </c>
+      <c r="C61" t="s">
+        <v>247</v>
+      </c>
+      <c r="D61" t="s">
+        <v>244</v>
+      </c>
+      <c r="E61" t="s">
+        <v>195</v>
+      </c>
+      <c r="F61">
         <v>1211</v>
       </c>
-      <c r="G61" t="n">
+      <c r="G61">
         <v>85225</v>
       </c>
-      <c r="H61" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F62" t="n">
+      <c r="H61" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" t="s">
+        <v>15</v>
+      </c>
+      <c r="J61" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" t="s">
+        <v>249</v>
+      </c>
+      <c r="C62" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" t="s">
+        <v>251</v>
+      </c>
+      <c r="E62" t="s">
+        <v>21</v>
+      </c>
+      <c r="F62">
         <v>6326</v>
       </c>
-      <c r="G62" t="n">
+      <c r="G62">
         <v>16326</v>
       </c>
-      <c r="H62" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F63" t="n">
+      <c r="I62" t="s">
+        <v>22</v>
+      </c>
+      <c r="J62" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" t="s">
+        <v>253</v>
+      </c>
+      <c r="C63" t="s">
+        <v>254</v>
+      </c>
+      <c r="D63" t="s">
+        <v>255</v>
+      </c>
+      <c r="E63" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63">
+        <v>4472</v>
+      </c>
+      <c r="G63">
+        <v>38075</v>
+      </c>
+      <c r="I63" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>256</v>
+      </c>
+      <c r="B64" t="s">
+        <v>257</v>
+      </c>
+      <c r="C64" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" t="s">
+        <v>259</v>
+      </c>
+      <c r="E64" t="s">
+        <v>21</v>
+      </c>
+      <c r="F64">
         <v>6040</v>
       </c>
-      <c r="G63" t="n">
+      <c r="G64">
         <v>16040</v>
       </c>
-      <c r="H63" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F64" t="n">
+      <c r="I64" t="s">
+        <v>30</v>
+      </c>
+      <c r="J64" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>260</v>
+      </c>
+      <c r="B65" t="s">
+        <v>261</v>
+      </c>
+      <c r="C65" t="s">
+        <v>262</v>
+      </c>
+      <c r="D65" t="s">
+        <v>263</v>
+      </c>
+      <c r="E65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F65">
         <v>3258</v>
       </c>
-      <c r="G64" t="n">
+      <c r="G65">
         <v>3258</v>
       </c>
-      <c r="H64" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F65" t="n">
+      <c r="H65" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>264</v>
+      </c>
+      <c r="B66" t="s">
+        <v>265</v>
+      </c>
+      <c r="C66" t="s">
+        <v>266</v>
+      </c>
+      <c r="D66" t="s">
+        <v>267</v>
+      </c>
+      <c r="E66" t="s">
+        <v>21</v>
+      </c>
+      <c r="F66">
         <v>3015</v>
       </c>
-      <c r="G65" t="n">
+      <c r="G66">
         <v>3015</v>
       </c>
-      <c r="H65" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F66" t="n">
+      <c r="H66" t="s">
+        <v>22</v>
+      </c>
+      <c r="I66" t="s">
+        <v>22</v>
+      </c>
+      <c r="J66" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>268</v>
+      </c>
+      <c r="B67" t="s">
+        <v>269</v>
+      </c>
+      <c r="C67" t="s">
+        <v>270</v>
+      </c>
+      <c r="D67" t="s">
+        <v>271</v>
+      </c>
+      <c r="E67" t="s">
+        <v>272</v>
+      </c>
+      <c r="F67">
         <v>3021</v>
       </c>
-      <c r="G66" t="n">
+      <c r="G67">
         <v>3021</v>
       </c>
-      <c r="H66" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F67" t="n">
+      <c r="J67" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>273</v>
+      </c>
+      <c r="B68" t="s">
+        <v>274</v>
+      </c>
+      <c r="C68" t="s">
+        <v>275</v>
+      </c>
+      <c r="D68" t="s">
+        <v>276</v>
+      </c>
+      <c r="E68" t="s">
+        <v>172</v>
+      </c>
+      <c r="F68">
         <v>1258</v>
       </c>
-      <c r="G67" t="n">
+      <c r="G68">
         <v>21258</v>
       </c>
-      <c r="H67" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F68" t="n">
+      <c r="I68" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>277</v>
+      </c>
+      <c r="B69" t="s">
+        <v>278</v>
+      </c>
+      <c r="C69" t="s">
+        <v>279</v>
+      </c>
+      <c r="D69" t="s">
+        <v>280</v>
+      </c>
+      <c r="E69" t="s">
+        <v>21</v>
+      </c>
+      <c r="F69">
         <v>3263</v>
       </c>
-      <c r="G68" t="n">
+      <c r="G69">
         <v>3263</v>
       </c>
-      <c r="H68" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F69" t="n">
+      <c r="H69" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>281</v>
+      </c>
+      <c r="B70" t="s">
+        <v>282</v>
+      </c>
+      <c r="C70" t="s">
+        <v>283</v>
+      </c>
+      <c r="D70" t="s">
+        <v>284</v>
+      </c>
+      <c r="E70" t="s">
+        <v>21</v>
+      </c>
+      <c r="F70">
         <v>8000</v>
       </c>
-      <c r="G69" t="n">
+      <c r="G70">
         <v>8000</v>
       </c>
-      <c r="H69" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F70" t="n">
+      <c r="H70" t="s">
+        <v>15</v>
+      </c>
+      <c r="I70" t="s">
+        <v>15</v>
+      </c>
+      <c r="J70" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>285</v>
+      </c>
+      <c r="B71" t="s">
+        <v>286</v>
+      </c>
+      <c r="C71" t="s">
+        <v>287</v>
+      </c>
+      <c r="D71" t="s">
+        <v>288</v>
+      </c>
+      <c r="E71" t="s">
+        <v>21</v>
+      </c>
+      <c r="F71">
         <v>5547</v>
       </c>
-      <c r="G70" t="n">
+      <c r="G71">
         <v>3395</v>
       </c>
-      <c r="H70" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F71" t="n">
+      <c r="H71" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>289</v>
+      </c>
+      <c r="B72" t="s">
+        <v>290</v>
+      </c>
+      <c r="C72" t="s">
+        <v>291</v>
+      </c>
+      <c r="D72" t="s">
+        <v>292</v>
+      </c>
+      <c r="E72" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72">
+        <v>9249</v>
+      </c>
+      <c r="G72">
+        <v>91249</v>
+      </c>
+      <c r="I72" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>293</v>
+      </c>
+      <c r="B73" t="s">
+        <v>294</v>
+      </c>
+      <c r="C73" t="s">
+        <v>295</v>
+      </c>
+      <c r="D73" t="s">
+        <v>296</v>
+      </c>
+      <c r="E73" t="s">
+        <v>272</v>
+      </c>
+      <c r="F73">
         <v>2247</v>
       </c>
-      <c r="G71" t="n">
+      <c r="G73">
         <v>22247</v>
       </c>
-      <c r="H71" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F72" t="n">
+      <c r="I73" t="s">
+        <v>15</v>
+      </c>
+      <c r="J73" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>297</v>
+      </c>
+      <c r="B74" t="s">
+        <v>298</v>
+      </c>
+      <c r="C74" t="s">
+        <v>299</v>
+      </c>
+      <c r="D74" t="s">
+        <v>300</v>
+      </c>
+      <c r="E74" t="s">
+        <v>272</v>
+      </c>
+      <c r="F74">
         <v>2520</v>
       </c>
-      <c r="G72" t="n">
+      <c r="G74">
         <v>22520</v>
       </c>
-      <c r="H72" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F73" t="n">
+      <c r="I74" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>301</v>
+      </c>
+      <c r="B75" t="s">
+        <v>302</v>
+      </c>
+      <c r="C75" t="s">
+        <v>303</v>
+      </c>
+      <c r="D75" t="s">
+        <v>304</v>
+      </c>
+      <c r="E75" t="s">
+        <v>21</v>
+      </c>
+      <c r="F75">
         <v>6324</v>
       </c>
-      <c r="G73" t="n">
+      <c r="G75">
         <v>16324</v>
       </c>
-      <c r="H73" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F74" t="n">
+      <c r="I75" t="s">
+        <v>22</v>
+      </c>
+      <c r="J75" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>305</v>
+      </c>
+      <c r="B76" t="s">
+        <v>306</v>
+      </c>
+      <c r="C76" t="s">
+        <v>307</v>
+      </c>
+      <c r="D76" t="s">
+        <v>308</v>
+      </c>
+      <c r="E76" t="s">
+        <v>21</v>
+      </c>
+      <c r="F76">
         <v>1236</v>
       </c>
-      <c r="G74" t="n">
+      <c r="G76">
         <v>91236</v>
       </c>
-      <c r="H74" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F75" t="n">
+      <c r="I76" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>309</v>
+      </c>
+      <c r="B77" t="s">
+        <v>310</v>
+      </c>
+      <c r="C77" t="s">
+        <v>311</v>
+      </c>
+      <c r="D77" t="s">
+        <v>308</v>
+      </c>
+      <c r="E77" t="s">
+        <v>21</v>
+      </c>
+      <c r="F77">
         <v>3069</v>
       </c>
-      <c r="G75" t="n">
+      <c r="G77">
         <v>3069</v>
       </c>
-      <c r="H75" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F76" t="n">
+      <c r="H77" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" t="s">
+        <v>15</v>
+      </c>
+      <c r="J77" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>312</v>
+      </c>
+      <c r="B78" t="s">
+        <v>313</v>
+      </c>
+      <c r="C78" t="s">
+        <v>314</v>
+      </c>
+      <c r="D78" t="s">
+        <v>315</v>
+      </c>
+      <c r="E78" t="s">
+        <v>195</v>
+      </c>
+      <c r="F78">
         <v>1143</v>
       </c>
-      <c r="G76" t="n">
+      <c r="G78">
         <v>21938</v>
       </c>
-      <c r="H76" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F77" t="n">
+      <c r="I78" t="s">
+        <v>22</v>
+      </c>
+      <c r="J78" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>316</v>
+      </c>
+      <c r="B79" t="s">
+        <v>317</v>
+      </c>
+      <c r="C79" t="s">
+        <v>318</v>
+      </c>
+      <c r="D79" t="s">
+        <v>319</v>
+      </c>
+      <c r="E79" t="s">
+        <v>272</v>
+      </c>
+      <c r="F79">
         <v>1238</v>
       </c>
-      <c r="G77" t="n">
+      <c r="G79">
         <v>91238</v>
       </c>
-      <c r="H77" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F78" t="n">
+      <c r="I79" t="s">
+        <v>30</v>
+      </c>
+      <c r="J79" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>320</v>
+      </c>
+      <c r="B80" t="s">
+        <v>321</v>
+      </c>
+      <c r="C80" t="s">
+        <v>322</v>
+      </c>
+      <c r="D80" t="s">
+        <v>323</v>
+      </c>
+      <c r="E80" t="s">
+        <v>195</v>
+      </c>
+      <c r="F80">
         <v>8067</v>
       </c>
-      <c r="G78" t="n">
+      <c r="G80">
         <v>38067</v>
       </c>
-      <c r="H78" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F79" t="n">
+      <c r="I80" t="s">
+        <v>30</v>
+      </c>
+      <c r="J80" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>324</v>
+      </c>
+      <c r="B81" t="s">
+        <v>325</v>
+      </c>
+      <c r="C81" t="s">
+        <v>326</v>
+      </c>
+      <c r="D81" t="s">
+        <v>327</v>
+      </c>
+      <c r="E81" t="s">
+        <v>272</v>
+      </c>
+      <c r="F81">
         <v>8034</v>
       </c>
-      <c r="G79" t="n">
+      <c r="G81">
         <v>38034</v>
       </c>
-      <c r="H79" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F80" t="n">
+      <c r="I81" t="s">
+        <v>30</v>
+      </c>
+      <c r="J81" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>328</v>
+      </c>
+      <c r="B82" t="s">
+        <v>329</v>
+      </c>
+      <c r="C82" t="s">
+        <v>330</v>
+      </c>
+      <c r="D82" t="s">
+        <v>331</v>
+      </c>
+      <c r="E82" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82">
         <v>3870</v>
       </c>
-      <c r="G80" t="n">
+      <c r="G82">
         <v>38070</v>
       </c>
-      <c r="H80" t="inlineStr">
-[...37 lines deleted...]
-      <c r="F81" t="n">
+      <c r="H82" t="s">
+        <v>30</v>
+      </c>
+      <c r="I82" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>332</v>
+      </c>
+      <c r="B83" t="s">
+        <v>333</v>
+      </c>
+      <c r="C83" t="s">
+        <v>334</v>
+      </c>
+      <c r="D83" t="s">
+        <v>331</v>
+      </c>
+      <c r="E83" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83">
         <v>1241</v>
       </c>
-      <c r="G81" t="n">
+      <c r="G83">
         <v>91241</v>
       </c>
-      <c r="H81" t="inlineStr">
-[...37 lines deleted...]
-      <c r="F82" t="n">
+      <c r="H83" t="s">
+        <v>30</v>
+      </c>
+      <c r="I83" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>335</v>
+      </c>
+      <c r="B84" t="s">
+        <v>336</v>
+      </c>
+      <c r="C84" t="s">
+        <v>337</v>
+      </c>
+      <c r="D84" t="s">
+        <v>338</v>
+      </c>
+      <c r="E84" t="s">
+        <v>21</v>
+      </c>
+      <c r="F84">
         <v>6270</v>
       </c>
-      <c r="G82" t="n">
+      <c r="G84">
         <v>6270</v>
       </c>
-      <c r="H82" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F83" t="n">
+      <c r="H84" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>339</v>
+      </c>
+      <c r="B85" t="s">
+        <v>340</v>
+      </c>
+      <c r="C85" t="s">
+        <v>341</v>
+      </c>
+      <c r="D85" t="s">
+        <v>342</v>
+      </c>
+      <c r="E85" t="s">
+        <v>21</v>
+      </c>
+      <c r="F85">
         <v>631</v>
       </c>
-      <c r="G83" t="n">
+      <c r="G85">
         <v>10631</v>
       </c>
-      <c r="H83" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F84" t="n">
+      <c r="H85" t="s">
+        <v>22</v>
+      </c>
+      <c r="I85" t="s">
+        <v>22</v>
+      </c>
+      <c r="J85" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" t="s">
+        <v>344</v>
+      </c>
+      <c r="C86" t="s">
+        <v>345</v>
+      </c>
+      <c r="D86" t="s">
+        <v>346</v>
+      </c>
+      <c r="E86" t="s">
+        <v>272</v>
+      </c>
+      <c r="F86">
         <v>8035</v>
       </c>
-      <c r="G84" t="n">
+      <c r="G86">
         <v>38035</v>
       </c>
-      <c r="H84" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F85" t="n">
+      <c r="H86" t="s">
+        <v>30</v>
+      </c>
+      <c r="I86" t="s">
+        <v>30</v>
+      </c>
+      <c r="J86" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>347</v>
+      </c>
+      <c r="B87" t="s">
+        <v>348</v>
+      </c>
+      <c r="C87" t="s">
+        <v>349</v>
+      </c>
+      <c r="D87" t="s">
+        <v>350</v>
+      </c>
+      <c r="E87" t="s">
+        <v>272</v>
+      </c>
+      <c r="F87">
         <v>9252</v>
       </c>
-      <c r="G85" t="n">
+      <c r="G87">
         <v>91252</v>
       </c>
-      <c r="H85" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F86" t="n">
+      <c r="I87" t="s">
+        <v>30</v>
+      </c>
+      <c r="J87" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>351</v>
+      </c>
+      <c r="B88" t="s">
+        <v>352</v>
+      </c>
+      <c r="C88" t="s">
+        <v>353</v>
+      </c>
+      <c r="D88" t="s">
+        <v>354</v>
+      </c>
+      <c r="E88" t="s">
+        <v>272</v>
+      </c>
+      <c r="F88">
         <v>2003</v>
       </c>
-      <c r="G86" t="n">
+      <c r="G88">
         <v>22003</v>
       </c>
-      <c r="H86" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F87" t="n">
+      <c r="I88" t="s">
+        <v>30</v>
+      </c>
+      <c r="J88" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>355</v>
+      </c>
+      <c r="B89" t="s">
+        <v>356</v>
+      </c>
+      <c r="C89" t="s">
+        <v>357</v>
+      </c>
+      <c r="D89" t="s">
+        <v>358</v>
+      </c>
+      <c r="E89" t="s">
+        <v>195</v>
+      </c>
+      <c r="F89">
         <v>1145</v>
       </c>
-      <c r="G87" t="n">
+      <c r="G89">
         <v>91145</v>
       </c>
-      <c r="H87" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F88" t="n">
+      <c r="I89" t="s">
+        <v>30</v>
+      </c>
+      <c r="J89" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>359</v>
+      </c>
+      <c r="B90" t="s">
+        <v>360</v>
+      </c>
+      <c r="C90" t="s">
+        <v>361</v>
+      </c>
+      <c r="D90" t="s">
+        <v>362</v>
+      </c>
+      <c r="E90" t="s">
+        <v>172</v>
+      </c>
+      <c r="F90">
         <v>1758</v>
       </c>
-      <c r="G88" t="n">
+      <c r="G90">
         <v>21758</v>
       </c>
-      <c r="H88" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F89" t="n">
+      <c r="I90" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>363</v>
+      </c>
+      <c r="B91" t="s">
+        <v>364</v>
+      </c>
+      <c r="C91" t="s">
+        <v>365</v>
+      </c>
+      <c r="D91" t="s">
+        <v>366</v>
+      </c>
+      <c r="E91" t="s">
+        <v>272</v>
+      </c>
+      <c r="F91">
         <v>1095</v>
       </c>
-      <c r="G89" t="n">
+      <c r="G91">
         <v>21095</v>
       </c>
-      <c r="H89" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F90" t="n">
+      <c r="I91" t="s">
+        <v>22</v>
+      </c>
+      <c r="J91" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>367</v>
+      </c>
+      <c r="B92" t="s">
+        <v>368</v>
+      </c>
+      <c r="C92" t="s">
+        <v>369</v>
+      </c>
+      <c r="D92" t="s">
+        <v>370</v>
+      </c>
+      <c r="E92" t="s">
+        <v>195</v>
+      </c>
+      <c r="F92">
         <v>8071</v>
       </c>
-      <c r="G90" t="n">
+      <c r="G92">
         <v>38071</v>
       </c>
-      <c r="H90" t="inlineStr"/>
-[...33 lines deleted...]
-      <c r="F91" t="n">
+      <c r="I92" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>371</v>
+      </c>
+      <c r="B93" t="s">
+        <v>372</v>
+      </c>
+      <c r="C93" t="s">
+        <v>373</v>
+      </c>
+      <c r="D93" t="s">
+        <v>374</v>
+      </c>
+      <c r="E93" t="s">
+        <v>172</v>
+      </c>
+      <c r="F93">
+        <v>1737</v>
+      </c>
+      <c r="G93">
+        <v>21737</v>
+      </c>
+      <c r="I93" t="s">
+        <v>22</v>
+      </c>
+      <c r="J93" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>375</v>
+      </c>
+      <c r="B94" t="s">
+        <v>376</v>
+      </c>
+      <c r="C94" t="s">
+        <v>377</v>
+      </c>
+      <c r="D94" t="s">
+        <v>378</v>
+      </c>
+      <c r="E94" t="s">
+        <v>272</v>
+      </c>
+      <c r="F94">
         <v>4241</v>
       </c>
-      <c r="G91" t="n">
+      <c r="G94">
         <v>94241</v>
       </c>
-      <c r="H91" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F92" t="n">
+      <c r="I94" t="s">
+        <v>15</v>
+      </c>
+      <c r="J94" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>379</v>
+      </c>
+      <c r="B95" t="s">
+        <v>380</v>
+      </c>
+      <c r="C95" t="s">
+        <v>381</v>
+      </c>
+      <c r="D95" t="s">
+        <v>382</v>
+      </c>
+      <c r="E95" t="s">
+        <v>21</v>
+      </c>
+      <c r="F95">
         <v>7601</v>
       </c>
-      <c r="G92" t="n">
+      <c r="G95">
         <v>7601</v>
       </c>
-      <c r="H92" t="inlineStr">
-[...33 lines deleted...]
-      <c r="F93" t="n">
+      <c r="H95" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>383</v>
+      </c>
+      <c r="B96" t="s">
+        <v>384</v>
+      </c>
+      <c r="C96" t="s">
+        <v>385</v>
+      </c>
+      <c r="D96" t="s">
+        <v>386</v>
+      </c>
+      <c r="E96" t="s">
+        <v>21</v>
+      </c>
+      <c r="F96">
         <v>6496</v>
       </c>
-      <c r="G93" t="n">
+      <c r="G96">
         <v>16496</v>
       </c>
-      <c r="H93" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F94" t="n">
+      <c r="H96" t="s">
+        <v>30</v>
+      </c>
+      <c r="I96" t="s">
+        <v>30</v>
+      </c>
+      <c r="J96" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>387</v>
+      </c>
+      <c r="B97" t="s">
+        <v>388</v>
+      </c>
+      <c r="C97" t="s">
+        <v>389</v>
+      </c>
+      <c r="D97" t="s">
+        <v>390</v>
+      </c>
+      <c r="E97" t="s">
+        <v>172</v>
+      </c>
+      <c r="F97">
         <v>1141</v>
       </c>
-      <c r="G94" t="n">
+      <c r="G97">
         <v>21141</v>
       </c>
-      <c r="H94" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F95" t="n">
+      <c r="I97" t="s">
+        <v>15</v>
+      </c>
+      <c r="J97" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>391</v>
+      </c>
+      <c r="B98" t="s">
+        <v>392</v>
+      </c>
+      <c r="C98" t="s">
+        <v>393</v>
+      </c>
+      <c r="D98" t="s">
+        <v>394</v>
+      </c>
+      <c r="E98" t="s">
+        <v>195</v>
+      </c>
+      <c r="F98">
         <v>8058</v>
       </c>
-      <c r="G95" t="n">
+      <c r="G98">
         <v>38058</v>
       </c>
-      <c r="H95" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F96" t="n">
+      <c r="I98" t="s">
+        <v>30</v>
+      </c>
+      <c r="J98" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>395</v>
+      </c>
+      <c r="B99" t="s">
+        <v>396</v>
+      </c>
+      <c r="C99" t="s">
+        <v>397</v>
+      </c>
+      <c r="D99" t="s">
+        <v>398</v>
+      </c>
+      <c r="E99" t="s">
+        <v>195</v>
+      </c>
+      <c r="F99">
         <v>1260</v>
       </c>
-      <c r="G96" t="n">
+      <c r="G99">
         <v>21513</v>
       </c>
-      <c r="H96" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F97" t="n">
+      <c r="I99" t="s">
+        <v>30</v>
+      </c>
+      <c r="J99" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>399</v>
+      </c>
+      <c r="B100" t="s">
+        <v>400</v>
+      </c>
+      <c r="C100" t="s">
+        <v>401</v>
+      </c>
+      <c r="D100" t="s">
+        <v>402</v>
+      </c>
+      <c r="E100" t="s">
+        <v>195</v>
+      </c>
+      <c r="F100">
         <v>1310</v>
       </c>
-      <c r="G97" t="n">
+      <c r="G100">
         <v>21310</v>
       </c>
-      <c r="H97" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F98" t="n">
+      <c r="I100" t="s">
+        <v>30</v>
+      </c>
+      <c r="J100" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>403</v>
+      </c>
+      <c r="B101" t="s">
+        <v>404</v>
+      </c>
+      <c r="C101" t="s">
+        <v>405</v>
+      </c>
+      <c r="D101" t="s">
+        <v>402</v>
+      </c>
+      <c r="E101" t="s">
+        <v>21</v>
+      </c>
+      <c r="F101">
         <v>3081</v>
       </c>
-      <c r="G98" t="n">
+      <c r="G101">
         <v>3081</v>
       </c>
-      <c r="H98" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F99" t="n">
+      <c r="J101" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>406</v>
+      </c>
+      <c r="B102" t="s">
+        <v>407</v>
+      </c>
+      <c r="C102" t="s">
+        <v>408</v>
+      </c>
+      <c r="D102" t="s">
+        <v>409</v>
+      </c>
+      <c r="E102" t="s">
+        <v>21</v>
+      </c>
+      <c r="F102">
         <v>9250</v>
       </c>
-      <c r="G99" t="n">
+      <c r="G102">
         <v>91250</v>
       </c>
-      <c r="H99" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F100" t="n">
+      <c r="I102" t="s">
+        <v>30</v>
+      </c>
+      <c r="J102" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>410</v>
+      </c>
+      <c r="B103" t="s">
+        <v>411</v>
+      </c>
+      <c r="C103" t="s">
+        <v>412</v>
+      </c>
+      <c r="D103" t="s">
+        <v>409</v>
+      </c>
+      <c r="E103" t="s">
+        <v>21</v>
+      </c>
+      <c r="F103">
         <v>9251</v>
       </c>
-      <c r="G100" t="n">
+      <c r="G103">
         <v>91251</v>
       </c>
-      <c r="H100" t="inlineStr"/>
-[...37 lines deleted...]
-      <c r="F101" t="n">
+      <c r="I103" t="s">
+        <v>30</v>
+      </c>
+      <c r="J103" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>413</v>
+      </c>
+      <c r="B104" t="s">
+        <v>414</v>
+      </c>
+      <c r="C104" t="s">
+        <v>415</v>
+      </c>
+      <c r="D104" t="s">
+        <v>409</v>
+      </c>
+      <c r="E104" t="s">
+        <v>21</v>
+      </c>
+      <c r="F104">
         <v>3135</v>
       </c>
-      <c r="G101" t="n">
+      <c r="G104">
         <v>2008</v>
       </c>
-      <c r="H101" t="inlineStr">
-[...23 lines deleted...]
-        </is>
+      <c r="H104" t="s">
+        <v>15</v>
+      </c>
+      <c r="I104" t="s">
+        <v>15</v>
+      </c>
+      <c r="J104" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A109" s="2" t="s">
+        <v>416</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFFEF00 PRIVATE</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:I227"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:J295"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView tabSelected="1" topLeftCell="A214" workbookViewId="0">
+      <selection activeCell="G232" sqref="G232"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col width="35" customWidth="1" min="1" max="1"/>
-[...7 lines deleted...]
-    <col width="44" customWidth="1" min="9" max="9"/>
+    <col min="1" max="1" width="35" customWidth="1"/>
+    <col min="2" max="2" width="19" customWidth="1"/>
+    <col min="3" max="3" width="58" customWidth="1"/>
+    <col min="4" max="4" width="68" customWidth="1"/>
+    <col min="5" max="5" width="13" customWidth="1"/>
+    <col min="6" max="6" width="19" customWidth="1"/>
+    <col min="7" max="7" width="29" customWidth="1"/>
+    <col min="8" max="8" width="41" customWidth="1"/>
+    <col min="9" max="9" width="39" customWidth="1"/>
+    <col min="10" max="10" width="40" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1">
-[...52 lines deleted...]
-      <c r="B2" t="n">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A1" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A2" t="s">
+        <v>425</v>
+      </c>
+      <c r="B2">
         <v>2867</v>
       </c>
-      <c r="C2" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B3" t="n">
+      <c r="C2" t="s">
+        <v>426</v>
+      </c>
+      <c r="D2" t="s">
+        <v>427</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>428</v>
+      </c>
+      <c r="G2" t="s">
+        <v>429</v>
+      </c>
+      <c r="H2" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B3">
         <v>2843</v>
       </c>
-      <c r="C3" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B4" t="n">
+      <c r="C3" t="s">
+        <v>431</v>
+      </c>
+      <c r="D3" t="s">
+        <v>432</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>433</v>
+      </c>
+      <c r="G3" t="s">
+        <v>429</v>
+      </c>
+      <c r="H3" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
+        <v>434</v>
+      </c>
+      <c r="B4">
+        <v>1256</v>
+      </c>
+      <c r="C4" t="s">
+        <v>435</v>
+      </c>
+      <c r="D4" t="s">
+        <v>436</v>
+      </c>
+      <c r="E4" t="s">
+        <v>437</v>
+      </c>
+      <c r="F4" t="s">
+        <v>438</v>
+      </c>
+      <c r="J4" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>439</v>
+      </c>
+      <c r="B5">
+        <v>1313</v>
+      </c>
+      <c r="C5" t="s">
+        <v>440</v>
+      </c>
+      <c r="D5" t="s">
+        <v>441</v>
+      </c>
+      <c r="E5" t="s">
+        <v>442</v>
+      </c>
+      <c r="F5" t="s">
+        <v>443</v>
+      </c>
+      <c r="J5" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6">
         <v>2495</v>
       </c>
-      <c r="C4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B5" t="n">
+      <c r="C6" t="s">
+        <v>444</v>
+      </c>
+      <c r="D6" t="s">
+        <v>445</v>
+      </c>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>446</v>
+      </c>
+      <c r="B7">
         <v>2900</v>
       </c>
-      <c r="C5" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B6" t="n">
+      <c r="C7" t="s">
+        <v>447</v>
+      </c>
+      <c r="D7" t="s">
+        <v>448</v>
+      </c>
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>449</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>450</v>
+      </c>
+      <c r="B8">
         <v>1123</v>
       </c>
-      <c r="C6" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B7" t="n">
+      <c r="C8" t="s">
+        <v>451</v>
+      </c>
+      <c r="D8" t="s">
+        <v>452</v>
+      </c>
+      <c r="E8" t="s">
+        <v>272</v>
+      </c>
+      <c r="F8" t="s">
+        <v>453</v>
+      </c>
+      <c r="H8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>450</v>
+      </c>
+      <c r="B9">
         <v>1000</v>
       </c>
-      <c r="C7" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B8" t="n">
+      <c r="C9" t="s">
+        <v>454</v>
+      </c>
+      <c r="D9" t="s">
+        <v>455</v>
+      </c>
+      <c r="E9" t="s">
+        <v>272</v>
+      </c>
+      <c r="F9" t="s">
+        <v>456</v>
+      </c>
+      <c r="H9" t="s">
+        <v>429</v>
+      </c>
+      <c r="I9" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>457</v>
+      </c>
+      <c r="B10">
         <v>2954</v>
       </c>
-      <c r="C8" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B9" t="n">
+      <c r="C10" t="s">
+        <v>458</v>
+      </c>
+      <c r="D10" t="s">
+        <v>459</v>
+      </c>
+      <c r="E10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" t="s">
+        <v>460</v>
+      </c>
+      <c r="G10" t="s">
+        <v>429</v>
+      </c>
+      <c r="H10" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>461</v>
+      </c>
+      <c r="B11">
+        <v>1298</v>
+      </c>
+      <c r="C11" t="s">
+        <v>462</v>
+      </c>
+      <c r="D11" t="s">
+        <v>463</v>
+      </c>
+      <c r="E11" t="s">
+        <v>437</v>
+      </c>
+      <c r="F11" t="s">
+        <v>464</v>
+      </c>
+      <c r="J11" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>465</v>
+      </c>
+      <c r="B12">
         <v>9186</v>
       </c>
-      <c r="C9" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B10" t="n">
+      <c r="C12" t="s">
+        <v>466</v>
+      </c>
+      <c r="D12" t="s">
+        <v>467</v>
+      </c>
+      <c r="E12" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" t="s">
+        <v>468</v>
+      </c>
+      <c r="G12" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>469</v>
+      </c>
+      <c r="B13">
         <v>2005</v>
       </c>
-      <c r="C10" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B11" t="n">
+      <c r="C13" t="s">
+        <v>470</v>
+      </c>
+      <c r="D13" t="s">
+        <v>471</v>
+      </c>
+      <c r="E13" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" t="s">
+        <v>472</v>
+      </c>
+      <c r="G13" t="s">
+        <v>429</v>
+      </c>
+      <c r="H13" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>473</v>
+      </c>
+      <c r="B14">
+        <v>1321</v>
+      </c>
+      <c r="C14" t="s">
+        <v>474</v>
+      </c>
+      <c r="D14" t="s">
+        <v>475</v>
+      </c>
+      <c r="E14" t="s">
+        <v>476</v>
+      </c>
+      <c r="F14" t="s">
+        <v>477</v>
+      </c>
+      <c r="J14" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>478</v>
+      </c>
+      <c r="B15">
         <v>1254</v>
       </c>
-      <c r="C11" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B12" t="n">
+      <c r="C15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D15" t="s">
+        <v>480</v>
+      </c>
+      <c r="E15" t="s">
+        <v>142</v>
+      </c>
+      <c r="F15" t="s">
+        <v>481</v>
+      </c>
+      <c r="H15" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>482</v>
+      </c>
+      <c r="B16">
+        <v>1251</v>
+      </c>
+      <c r="C16" t="s">
+        <v>483</v>
+      </c>
+      <c r="D16" t="s">
+        <v>484</v>
+      </c>
+      <c r="E16" t="s">
+        <v>437</v>
+      </c>
+      <c r="F16" t="s">
+        <v>485</v>
+      </c>
+      <c r="J16" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>486</v>
+      </c>
+      <c r="B17">
         <v>573</v>
       </c>
-      <c r="C12" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B13" t="n">
+      <c r="C17" t="s">
+        <v>487</v>
+      </c>
+      <c r="D17" t="s">
+        <v>488</v>
+      </c>
+      <c r="E17" t="s">
+        <v>172</v>
+      </c>
+      <c r="F17" t="s">
+        <v>489</v>
+      </c>
+      <c r="H17" t="s">
+        <v>429</v>
+      </c>
+      <c r="I17" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>490</v>
+      </c>
+      <c r="B18">
+        <v>1274</v>
+      </c>
+      <c r="C18" t="s">
+        <v>491</v>
+      </c>
+      <c r="D18" t="s">
+        <v>492</v>
+      </c>
+      <c r="E18" t="s">
+        <v>437</v>
+      </c>
+      <c r="F18" t="s">
+        <v>493</v>
+      </c>
+      <c r="J18" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>494</v>
+      </c>
+      <c r="B19">
         <v>4079</v>
       </c>
-      <c r="C13" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B14" t="n">
+      <c r="C19" t="s">
+        <v>495</v>
+      </c>
+      <c r="D19" t="s">
+        <v>496</v>
+      </c>
+      <c r="E19" t="s">
+        <v>195</v>
+      </c>
+      <c r="F19" t="s">
+        <v>497</v>
+      </c>
+      <c r="G19" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20">
         <v>6262</v>
       </c>
-      <c r="C14" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B15" t="n">
+      <c r="C20" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" t="s">
+        <v>498</v>
+      </c>
+      <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G20" t="s">
+        <v>499</v>
+      </c>
+      <c r="H20" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21">
         <v>3017</v>
       </c>
-      <c r="C15" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B16" t="n">
+      <c r="C21" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" t="s">
+        <v>500</v>
+      </c>
+      <c r="E21" t="s">
+        <v>21</v>
+      </c>
+      <c r="F21" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22">
         <v>3087</v>
       </c>
-      <c r="C16" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B17" t="n">
+      <c r="C22" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" t="s">
+        <v>501</v>
+      </c>
+      <c r="E22" t="s">
+        <v>21</v>
+      </c>
+      <c r="F22" t="s">
+        <v>60</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>65</v>
+      </c>
+      <c r="B23">
         <v>3075</v>
       </c>
-      <c r="C17" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B18" t="n">
+      <c r="C23" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" t="s">
+        <v>502</v>
+      </c>
+      <c r="E23" t="s">
+        <v>21</v>
+      </c>
+      <c r="F23" t="s">
+        <v>64</v>
+      </c>
+      <c r="G23" t="s">
+        <v>429</v>
+      </c>
+      <c r="H23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24">
         <v>6254</v>
       </c>
-      <c r="C18" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B19" t="n">
+      <c r="C24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" t="s">
+        <v>503</v>
+      </c>
+      <c r="E24" t="s">
+        <v>21</v>
+      </c>
+      <c r="F24" t="s">
+        <v>72</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>81</v>
+      </c>
+      <c r="B25">
         <v>1030</v>
       </c>
-      <c r="C19" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B20" t="n">
+      <c r="C25" t="s">
+        <v>504</v>
+      </c>
+      <c r="D25" t="s">
+        <v>505</v>
+      </c>
+      <c r="E25" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" t="s">
+        <v>80</v>
+      </c>
+      <c r="G25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>113</v>
+      </c>
+      <c r="B26">
         <v>3025</v>
       </c>
-      <c r="C20" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B21" t="n">
+      <c r="C26" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" t="s">
+        <v>506</v>
+      </c>
+      <c r="E26" t="s">
+        <v>21</v>
+      </c>
+      <c r="F26" t="s">
+        <v>112</v>
+      </c>
+      <c r="G26" t="s">
+        <v>429</v>
+      </c>
+      <c r="H26" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27">
         <v>3311</v>
       </c>
-      <c r="C21" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B22" t="n">
+      <c r="C27" t="s">
+        <v>119</v>
+      </c>
+      <c r="D27" t="s">
+        <v>507</v>
+      </c>
+      <c r="E27" t="s">
+        <v>21</v>
+      </c>
+      <c r="F27" t="s">
+        <v>120</v>
+      </c>
+      <c r="G27" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28">
         <v>5034</v>
       </c>
-      <c r="C22" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B23" t="n">
+      <c r="C28" t="s">
+        <v>144</v>
+      </c>
+      <c r="D28" t="s">
+        <v>508</v>
+      </c>
+      <c r="E28" t="s">
+        <v>21</v>
+      </c>
+      <c r="F28" t="s">
+        <v>145</v>
+      </c>
+      <c r="G28" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>509</v>
+      </c>
+      <c r="B29">
         <v>1014</v>
       </c>
-      <c r="C23" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B24" t="n">
+      <c r="C29" t="s">
+        <v>510</v>
+      </c>
+      <c r="D29" t="s">
+        <v>511</v>
+      </c>
+      <c r="E29" t="s">
+        <v>512</v>
+      </c>
+      <c r="F29" t="s">
+        <v>513</v>
+      </c>
+      <c r="G29" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>514</v>
+      </c>
+      <c r="B30">
         <v>4125</v>
       </c>
-      <c r="C24" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B25" t="n">
+      <c r="C30" t="s">
+        <v>515</v>
+      </c>
+      <c r="D30" t="s">
+        <v>516</v>
+      </c>
+      <c r="E30" t="s">
+        <v>512</v>
+      </c>
+      <c r="F30" t="s">
+        <v>517</v>
+      </c>
+      <c r="G30" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>518</v>
+      </c>
+      <c r="B31">
         <v>1016</v>
       </c>
-      <c r="C25" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B26" t="n">
+      <c r="C31" t="s">
+        <v>519</v>
+      </c>
+      <c r="D31" t="s">
+        <v>520</v>
+      </c>
+      <c r="E31" t="s">
+        <v>512</v>
+      </c>
+      <c r="F31" t="s">
+        <v>521</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>522</v>
+      </c>
+      <c r="B32">
         <v>1012</v>
       </c>
-      <c r="C26" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B27" t="n">
+      <c r="C32" t="s">
+        <v>523</v>
+      </c>
+      <c r="D32" t="s">
+        <v>524</v>
+      </c>
+      <c r="E32" t="s">
+        <v>512</v>
+      </c>
+      <c r="F32" t="s">
+        <v>525</v>
+      </c>
+      <c r="G32" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>526</v>
+      </c>
+      <c r="B33">
         <v>4441</v>
       </c>
-      <c r="C27" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B28" t="n">
+      <c r="C33" t="s">
+        <v>527</v>
+      </c>
+      <c r="D33" t="s">
+        <v>528</v>
+      </c>
+      <c r="E33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F33" t="s">
+        <v>529</v>
+      </c>
+      <c r="G33" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>530</v>
+      </c>
+      <c r="B34">
         <v>1381</v>
       </c>
-      <c r="C28" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B29" t="n">
+      <c r="C34" t="s">
+        <v>531</v>
+      </c>
+      <c r="D34" t="s">
+        <v>532</v>
+      </c>
+      <c r="E34" t="s">
+        <v>512</v>
+      </c>
+      <c r="F34" t="s">
+        <v>533</v>
+      </c>
+      <c r="G34" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>534</v>
+      </c>
+      <c r="B35">
+        <v>1286</v>
+      </c>
+      <c r="C35" t="s">
+        <v>535</v>
+      </c>
+      <c r="D35" t="s">
+        <v>536</v>
+      </c>
+      <c r="E35" t="s">
+        <v>437</v>
+      </c>
+      <c r="F35" t="s">
+        <v>537</v>
+      </c>
+      <c r="J35" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>538</v>
+      </c>
+      <c r="B36">
         <v>1217</v>
       </c>
-      <c r="C29" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B30" t="n">
+      <c r="C36" t="s">
+        <v>539</v>
+      </c>
+      <c r="D36" t="s">
+        <v>540</v>
+      </c>
+      <c r="E36" t="s">
+        <v>541</v>
+      </c>
+      <c r="F36" t="s">
+        <v>542</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>543</v>
+      </c>
+      <c r="B37">
         <v>4361</v>
       </c>
-      <c r="C30" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B31" t="n">
+      <c r="C37" t="s">
+        <v>544</v>
+      </c>
+      <c r="D37" t="s">
+        <v>545</v>
+      </c>
+      <c r="E37" t="s">
+        <v>541</v>
+      </c>
+      <c r="F37" t="s">
+        <v>546</v>
+      </c>
+      <c r="G37" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>547</v>
+      </c>
+      <c r="B38">
         <v>4732</v>
       </c>
-      <c r="C31" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B32" t="n">
+      <c r="C38" t="s">
+        <v>548</v>
+      </c>
+      <c r="D38" t="s">
+        <v>549</v>
+      </c>
+      <c r="E38" t="s">
+        <v>476</v>
+      </c>
+      <c r="F38" t="s">
+        <v>550</v>
+      </c>
+      <c r="G38" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>551</v>
+      </c>
+      <c r="B39">
         <v>4375</v>
       </c>
-      <c r="C32" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B33" t="n">
+      <c r="C39" t="s">
+        <v>552</v>
+      </c>
+      <c r="D39" t="s">
+        <v>383</v>
+      </c>
+      <c r="E39" t="s">
+        <v>195</v>
+      </c>
+      <c r="F39" t="s">
+        <v>553</v>
+      </c>
+      <c r="G39" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>554</v>
+      </c>
+      <c r="B40">
         <v>1017</v>
       </c>
-      <c r="C33" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B34" t="n">
+      <c r="C40" t="s">
+        <v>555</v>
+      </c>
+      <c r="D40" t="s">
+        <v>556</v>
+      </c>
+      <c r="E40" t="s">
+        <v>142</v>
+      </c>
+      <c r="F40" t="s">
+        <v>557</v>
+      </c>
+      <c r="G40" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>558</v>
+      </c>
+      <c r="B41">
         <v>5005</v>
       </c>
-      <c r="C34" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B35" t="n">
+      <c r="C41" t="s">
+        <v>559</v>
+      </c>
+      <c r="D41" t="s">
+        <v>560</v>
+      </c>
+      <c r="E41" t="s">
+        <v>561</v>
+      </c>
+      <c r="F41" t="s">
+        <v>562</v>
+      </c>
+      <c r="G41" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>563</v>
+      </c>
+      <c r="B42">
         <v>5001</v>
       </c>
-      <c r="C35" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B36" t="n">
+      <c r="C42" t="s">
+        <v>564</v>
+      </c>
+      <c r="D42" t="s">
+        <v>565</v>
+      </c>
+      <c r="E42" t="s">
+        <v>561</v>
+      </c>
+      <c r="F42" t="s">
+        <v>566</v>
+      </c>
+      <c r="G42" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>158</v>
+      </c>
+      <c r="B43">
         <v>1675</v>
       </c>
-      <c r="C36" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B37" t="n">
+      <c r="C43" t="s">
+        <v>156</v>
+      </c>
+      <c r="D43" t="s">
+        <v>567</v>
+      </c>
+      <c r="E43" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" t="s">
+        <v>157</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>158</v>
+      </c>
+      <c r="B44">
         <v>4417</v>
       </c>
-      <c r="C37" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B38" t="n">
+      <c r="C44" t="s">
+        <v>568</v>
+      </c>
+      <c r="D44" t="s">
+        <v>569</v>
+      </c>
+      <c r="E44" t="s">
+        <v>159</v>
+      </c>
+      <c r="F44" t="s">
+        <v>570</v>
+      </c>
+      <c r="H44" t="s">
+        <v>15</v>
+      </c>
+      <c r="I44" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>571</v>
+      </c>
+      <c r="B45">
         <v>555</v>
       </c>
-      <c r="C38" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B39" t="n">
+      <c r="C45" t="s">
+        <v>572</v>
+      </c>
+      <c r="D45" t="s">
+        <v>573</v>
+      </c>
+      <c r="E45" t="s">
+        <v>272</v>
+      </c>
+      <c r="F45" t="s">
+        <v>574</v>
+      </c>
+      <c r="H45" t="s">
+        <v>15</v>
+      </c>
+      <c r="I45" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>141</v>
+      </c>
+      <c r="B46">
         <v>1296</v>
       </c>
-      <c r="C39" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B40" t="n">
+      <c r="C46" t="s">
+        <v>575</v>
+      </c>
+      <c r="D46" t="s">
+        <v>576</v>
+      </c>
+      <c r="E46" t="s">
+        <v>142</v>
+      </c>
+      <c r="F46" t="s">
+        <v>140</v>
+      </c>
+      <c r="G46" t="s">
+        <v>429</v>
+      </c>
+      <c r="H46" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>577</v>
+      </c>
+      <c r="B47">
         <v>1050</v>
       </c>
-      <c r="C40" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B41" t="n">
+      <c r="C47" t="s">
+        <v>578</v>
+      </c>
+      <c r="D47" t="s">
+        <v>579</v>
+      </c>
+      <c r="E47" t="s">
+        <v>541</v>
+      </c>
+      <c r="F47" t="s">
+        <v>580</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>581</v>
+      </c>
+      <c r="B48">
         <v>1664</v>
       </c>
-      <c r="C41" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B42" t="n">
+      <c r="C48" t="s">
+        <v>582</v>
+      </c>
+      <c r="D48" t="s">
+        <v>583</v>
+      </c>
+      <c r="E48" t="s">
+        <v>195</v>
+      </c>
+      <c r="F48" t="s">
+        <v>584</v>
+      </c>
+      <c r="G48" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>585</v>
+      </c>
+      <c r="B49">
+        <v>1278</v>
+      </c>
+      <c r="C49" t="s">
+        <v>586</v>
+      </c>
+      <c r="D49" t="s">
+        <v>587</v>
+      </c>
+      <c r="E49" t="s">
+        <v>437</v>
+      </c>
+      <c r="F49" t="s">
+        <v>588</v>
+      </c>
+      <c r="J49" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>167</v>
+      </c>
+      <c r="B50">
         <v>5000</v>
       </c>
-      <c r="C42" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B43" t="n">
+      <c r="C50" t="s">
+        <v>165</v>
+      </c>
+      <c r="D50" t="s">
+        <v>589</v>
+      </c>
+      <c r="E50" t="s">
+        <v>21</v>
+      </c>
+      <c r="F50" t="s">
+        <v>166</v>
+      </c>
+      <c r="G50" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>590</v>
+      </c>
+      <c r="B51">
         <v>4152</v>
       </c>
-      <c r="C43" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B44" t="n">
+      <c r="C51" t="s">
+        <v>591</v>
+      </c>
+      <c r="D51" t="s">
+        <v>592</v>
+      </c>
+      <c r="E51" t="s">
+        <v>272</v>
+      </c>
+      <c r="F51" t="s">
+        <v>593</v>
+      </c>
+      <c r="H51" t="s">
+        <v>429</v>
+      </c>
+      <c r="I51" t="s">
+        <v>429</v>
+      </c>
+      <c r="J51" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>594</v>
+      </c>
+      <c r="B52">
+        <v>1032</v>
+      </c>
+      <c r="C52" t="s">
+        <v>595</v>
+      </c>
+      <c r="D52" t="s">
+        <v>596</v>
+      </c>
+      <c r="E52" t="s">
+        <v>476</v>
+      </c>
+      <c r="F52" t="s">
+        <v>597</v>
+      </c>
+      <c r="J52" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>598</v>
+      </c>
+      <c r="B53">
         <v>1023</v>
       </c>
-      <c r="C44" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B45" t="n">
+      <c r="C53" t="s">
+        <v>599</v>
+      </c>
+      <c r="D53" t="s">
+        <v>600</v>
+      </c>
+      <c r="E53" t="s">
+        <v>601</v>
+      </c>
+      <c r="F53" t="s">
+        <v>602</v>
+      </c>
+      <c r="I53" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>176</v>
+      </c>
+      <c r="B54">
         <v>38</v>
       </c>
-      <c r="C45" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B46" t="n">
+      <c r="C54" t="s">
+        <v>603</v>
+      </c>
+      <c r="D54" t="s">
+        <v>604</v>
+      </c>
+      <c r="E54" t="s">
+        <v>172</v>
+      </c>
+      <c r="F54" t="s">
+        <v>605</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>606</v>
+      </c>
+      <c r="B55">
         <v>4084</v>
       </c>
-      <c r="C46" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B47" t="n">
+      <c r="C55" t="s">
+        <v>607</v>
+      </c>
+      <c r="D55" t="s">
+        <v>608</v>
+      </c>
+      <c r="E55" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>609</v>
+      </c>
+      <c r="G55" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>171</v>
+      </c>
+      <c r="B56">
         <v>2054</v>
       </c>
-      <c r="C47" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B48" t="n">
+      <c r="C56" t="s">
+        <v>169</v>
+      </c>
+      <c r="D56" t="s">
+        <v>610</v>
+      </c>
+      <c r="E56" t="s">
+        <v>172</v>
+      </c>
+      <c r="F56" t="s">
+        <v>170</v>
+      </c>
+      <c r="G56" t="s">
+        <v>429</v>
+      </c>
+      <c r="H56" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>611</v>
+      </c>
+      <c r="B57">
         <v>4181</v>
       </c>
-      <c r="C48" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B49" t="n">
+      <c r="C57" t="s">
+        <v>612</v>
+      </c>
+      <c r="D57" t="s">
+        <v>613</v>
+      </c>
+      <c r="E57" t="s">
+        <v>541</v>
+      </c>
+      <c r="F57" t="s">
+        <v>614</v>
+      </c>
+      <c r="G57" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>176</v>
+      </c>
+      <c r="B58">
         <v>3479</v>
       </c>
-      <c r="C49" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B50" t="n">
+      <c r="C58" t="s">
+        <v>615</v>
+      </c>
+      <c r="D58" t="s">
+        <v>616</v>
+      </c>
+      <c r="E58" t="s">
+        <v>172</v>
+      </c>
+      <c r="F58" t="s">
+        <v>182</v>
+      </c>
+      <c r="G58" t="s">
+        <v>15</v>
+      </c>
+      <c r="H58" t="s">
+        <v>15</v>
+      </c>
+      <c r="I58" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>176</v>
+      </c>
+      <c r="B59">
         <v>4267</v>
       </c>
-      <c r="C50" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B51" t="n">
+      <c r="C59" t="s">
+        <v>617</v>
+      </c>
+      <c r="D59" t="s">
+        <v>618</v>
+      </c>
+      <c r="E59" t="s">
+        <v>172</v>
+      </c>
+      <c r="F59" t="s">
+        <v>619</v>
+      </c>
+      <c r="I59" t="s">
+        <v>15</v>
+      </c>
+      <c r="J59" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>186</v>
+      </c>
+      <c r="B60">
         <v>8069</v>
       </c>
-      <c r="C51" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B52" t="n">
+      <c r="C60" t="s">
+        <v>620</v>
+      </c>
+      <c r="D60" t="s">
+        <v>621</v>
+      </c>
+      <c r="E60" t="s">
+        <v>172</v>
+      </c>
+      <c r="F60" t="s">
+        <v>622</v>
+      </c>
+      <c r="G60" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
+      <c r="I60" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>623</v>
+      </c>
+      <c r="B61">
         <v>508</v>
       </c>
-      <c r="C52" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B53" t="n">
+      <c r="C61" t="s">
+        <v>624</v>
+      </c>
+      <c r="D61" t="s">
+        <v>625</v>
+      </c>
+      <c r="E61" t="s">
+        <v>172</v>
+      </c>
+      <c r="F61" t="s">
+        <v>626</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>627</v>
+      </c>
+      <c r="B62">
+        <v>1289</v>
+      </c>
+      <c r="C62" t="s">
+        <v>628</v>
+      </c>
+      <c r="D62" t="s">
+        <v>629</v>
+      </c>
+      <c r="E62" t="s">
+        <v>272</v>
+      </c>
+      <c r="F62" t="s">
+        <v>630</v>
+      </c>
+      <c r="J62" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>190</v>
+      </c>
+      <c r="B63">
         <v>5387</v>
       </c>
-      <c r="C53" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B54" t="n">
+      <c r="C63" t="s">
+        <v>188</v>
+      </c>
+      <c r="D63" t="s">
+        <v>631</v>
+      </c>
+      <c r="E63" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" t="s">
+        <v>189</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>632</v>
+      </c>
+      <c r="B64">
+        <v>1299</v>
+      </c>
+      <c r="C64" t="s">
+        <v>633</v>
+      </c>
+      <c r="D64" t="s">
+        <v>634</v>
+      </c>
+      <c r="E64" t="s">
+        <v>437</v>
+      </c>
+      <c r="F64" t="s">
+        <v>635</v>
+      </c>
+      <c r="J64" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>636</v>
+      </c>
+      <c r="B65">
         <v>1970</v>
       </c>
-      <c r="C54" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B55" t="n">
+      <c r="C65" t="s">
+        <v>637</v>
+      </c>
+      <c r="D65" t="s">
+        <v>638</v>
+      </c>
+      <c r="E65" t="s">
+        <v>172</v>
+      </c>
+      <c r="F65" t="s">
+        <v>639</v>
+      </c>
+      <c r="G65" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>194</v>
+      </c>
+      <c r="B66">
         <v>22</v>
       </c>
-      <c r="C55" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B56" t="n">
+      <c r="C66" t="s">
+        <v>640</v>
+      </c>
+      <c r="D66" t="s">
+        <v>641</v>
+      </c>
+      <c r="E66" t="s">
+        <v>172</v>
+      </c>
+      <c r="F66" t="s">
+        <v>642</v>
+      </c>
+      <c r="G66" t="s">
+        <v>429</v>
+      </c>
+      <c r="H66" t="s">
+        <v>15</v>
+      </c>
+      <c r="I66" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>194</v>
+      </c>
+      <c r="B67">
         <v>9125</v>
       </c>
-      <c r="C56" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B57" t="n">
+      <c r="C67" t="s">
+        <v>644</v>
+      </c>
+      <c r="E67" t="s">
+        <v>172</v>
+      </c>
+      <c r="F67" t="s">
+        <v>193</v>
+      </c>
+      <c r="G67" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>194</v>
+      </c>
+      <c r="B68">
         <v>1079</v>
       </c>
-      <c r="C57" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B58" t="n">
+      <c r="C68" t="s">
+        <v>645</v>
+      </c>
+      <c r="D68" t="s">
+        <v>646</v>
+      </c>
+      <c r="E68" t="s">
+        <v>172</v>
+      </c>
+      <c r="F68" t="s">
+        <v>647</v>
+      </c>
+      <c r="G68" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>648</v>
+      </c>
+      <c r="B69">
         <v>1007</v>
       </c>
-      <c r="C58" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B59" t="n">
+      <c r="C69" t="s">
+        <v>649</v>
+      </c>
+      <c r="D69" t="s">
+        <v>650</v>
+      </c>
+      <c r="E69" t="s">
+        <v>512</v>
+      </c>
+      <c r="F69" t="s">
+        <v>651</v>
+      </c>
+      <c r="G69" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>652</v>
+      </c>
+      <c r="B70">
         <v>1027</v>
       </c>
-      <c r="C59" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B60" t="n">
+      <c r="C70" t="s">
+        <v>653</v>
+      </c>
+      <c r="D70" t="s">
+        <v>654</v>
+      </c>
+      <c r="E70" t="s">
+        <v>512</v>
+      </c>
+      <c r="F70" t="s">
+        <v>655</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>656</v>
+      </c>
+      <c r="B71">
         <v>1024</v>
       </c>
-      <c r="C60" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B61" t="n">
+      <c r="C71" t="s">
+        <v>657</v>
+      </c>
+      <c r="D71" t="s">
+        <v>650</v>
+      </c>
+      <c r="E71" t="s">
+        <v>512</v>
+      </c>
+      <c r="F71" t="s">
+        <v>658</v>
+      </c>
+      <c r="G71" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>659</v>
+      </c>
+      <c r="B72">
         <v>4089</v>
       </c>
-      <c r="C61" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B62" t="n">
+      <c r="C72" t="s">
+        <v>660</v>
+      </c>
+      <c r="D72" t="s">
+        <v>661</v>
+      </c>
+      <c r="E72" t="s">
+        <v>142</v>
+      </c>
+      <c r="F72" t="s">
+        <v>662</v>
+      </c>
+      <c r="G72" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>663</v>
+      </c>
+      <c r="B73">
         <v>685</v>
       </c>
-      <c r="C62" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B63" t="n">
+      <c r="C73" t="s">
+        <v>664</v>
+      </c>
+      <c r="D73" t="s">
+        <v>665</v>
+      </c>
+      <c r="E73" t="s">
+        <v>272</v>
+      </c>
+      <c r="F73" t="s">
+        <v>666</v>
+      </c>
+      <c r="H73" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>667</v>
+      </c>
+      <c r="B74">
         <v>4420</v>
       </c>
-      <c r="C63" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B64" t="n">
+      <c r="C74" t="s">
+        <v>668</v>
+      </c>
+      <c r="D74" t="s">
+        <v>669</v>
+      </c>
+      <c r="E74" t="s">
+        <v>159</v>
+      </c>
+      <c r="F74" t="s">
+        <v>670</v>
+      </c>
+      <c r="G74" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>671</v>
+      </c>
+      <c r="B75">
         <v>4305</v>
       </c>
-      <c r="C64" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B65" t="n">
+      <c r="C75" t="s">
+        <v>672</v>
+      </c>
+      <c r="D75" t="s">
+        <v>673</v>
+      </c>
+      <c r="E75" t="s">
+        <v>272</v>
+      </c>
+      <c r="F75" t="s">
+        <v>674</v>
+      </c>
+      <c r="G75" t="s">
+        <v>429</v>
+      </c>
+      <c r="H75" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>675</v>
+      </c>
+      <c r="B76">
         <v>2839</v>
       </c>
-      <c r="C65" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B66" t="n">
+      <c r="C76" t="s">
+        <v>676</v>
+      </c>
+      <c r="D76" t="s">
+        <v>677</v>
+      </c>
+      <c r="E76" t="s">
+        <v>14</v>
+      </c>
+      <c r="F76" t="s">
+        <v>678</v>
+      </c>
+      <c r="G76" t="s">
+        <v>429</v>
+      </c>
+      <c r="H76" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>679</v>
+      </c>
+      <c r="B77">
+        <v>1300</v>
+      </c>
+      <c r="C77" t="s">
+        <v>680</v>
+      </c>
+      <c r="D77" t="s">
+        <v>681</v>
+      </c>
+      <c r="E77" t="s">
+        <v>442</v>
+      </c>
+      <c r="F77" t="s">
+        <v>682</v>
+      </c>
+      <c r="J77" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>683</v>
+      </c>
+      <c r="B78">
+        <v>1312</v>
+      </c>
+      <c r="C78" t="s">
+        <v>684</v>
+      </c>
+      <c r="D78" t="s">
+        <v>685</v>
+      </c>
+      <c r="E78" t="s">
+        <v>686</v>
+      </c>
+      <c r="F78" t="s">
+        <v>687</v>
+      </c>
+      <c r="J78" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>688</v>
+      </c>
+      <c r="B79">
         <v>6392</v>
       </c>
-      <c r="C66" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B67" t="n">
+      <c r="C79" t="s">
+        <v>689</v>
+      </c>
+      <c r="D79" t="s">
+        <v>690</v>
+      </c>
+      <c r="E79" t="s">
+        <v>21</v>
+      </c>
+      <c r="F79" t="s">
+        <v>691</v>
+      </c>
+      <c r="G79" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>692</v>
+      </c>
+      <c r="B80">
+        <v>1323</v>
+      </c>
+      <c r="C80" t="s">
+        <v>693</v>
+      </c>
+      <c r="D80" t="s">
+        <v>694</v>
+      </c>
+      <c r="E80" t="s">
+        <v>695</v>
+      </c>
+      <c r="F80" t="s">
+        <v>696</v>
+      </c>
+      <c r="J80" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>697</v>
+      </c>
+      <c r="B81">
         <v>2899</v>
       </c>
-      <c r="C67" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B68" t="n">
+      <c r="C81" t="s">
+        <v>698</v>
+      </c>
+      <c r="D81" t="s">
+        <v>699</v>
+      </c>
+      <c r="E81" t="s">
+        <v>272</v>
+      </c>
+      <c r="F81" t="s">
+        <v>700</v>
+      </c>
+      <c r="G81" t="s">
+        <v>429</v>
+      </c>
+      <c r="H81" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>701</v>
+      </c>
+      <c r="B82">
         <v>1182</v>
       </c>
-      <c r="C68" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B69" t="n">
+      <c r="C82" t="s">
+        <v>702</v>
+      </c>
+      <c r="D82" t="s">
+        <v>703</v>
+      </c>
+      <c r="E82" t="s">
+        <v>159</v>
+      </c>
+      <c r="F82" t="s">
+        <v>704</v>
+      </c>
+      <c r="G82" t="s">
+        <v>429</v>
+      </c>
+      <c r="H82" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>228</v>
+      </c>
+      <c r="B83">
         <v>1082</v>
       </c>
-      <c r="C69" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B70" t="n">
+      <c r="C83" t="s">
+        <v>226</v>
+      </c>
+      <c r="E83" t="s">
+        <v>159</v>
+      </c>
+      <c r="F83" t="s">
+        <v>227</v>
+      </c>
+      <c r="G83" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>232</v>
+      </c>
+      <c r="B84">
         <v>1322</v>
       </c>
-      <c r="C70" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B71" t="n">
+      <c r="C84" t="s">
+        <v>705</v>
+      </c>
+      <c r="D84" t="s">
+        <v>706</v>
+      </c>
+      <c r="E84" t="s">
+        <v>195</v>
+      </c>
+      <c r="F84" t="s">
+        <v>707</v>
+      </c>
+      <c r="G84" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>232</v>
+      </c>
+      <c r="B85">
         <v>1147</v>
       </c>
-      <c r="C71" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B72" t="n">
+      <c r="C85" t="s">
+        <v>708</v>
+      </c>
+      <c r="D85" t="s">
+        <v>709</v>
+      </c>
+      <c r="E85" t="s">
+        <v>195</v>
+      </c>
+      <c r="F85" t="s">
+        <v>231</v>
+      </c>
+      <c r="G85" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>232</v>
+      </c>
+      <c r="B86">
         <v>489</v>
       </c>
-      <c r="C72" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B73" t="n">
+      <c r="C86" t="s">
+        <v>710</v>
+      </c>
+      <c r="D86" t="s">
+        <v>706</v>
+      </c>
+      <c r="E86" t="s">
+        <v>195</v>
+      </c>
+      <c r="F86" t="s">
+        <v>711</v>
+      </c>
+      <c r="H86" t="s">
+        <v>15</v>
+      </c>
+      <c r="I86" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>712</v>
+      </c>
+      <c r="B87">
         <v>2133</v>
       </c>
-      <c r="C73" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B74" t="n">
+      <c r="C87" t="s">
+        <v>713</v>
+      </c>
+      <c r="D87" t="s">
+        <v>714</v>
+      </c>
+      <c r="E87" t="s">
+        <v>272</v>
+      </c>
+      <c r="F87" t="s">
+        <v>715</v>
+      </c>
+      <c r="G87" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>716</v>
+      </c>
+      <c r="B88">
+        <v>1285</v>
+      </c>
+      <c r="C88" t="s">
+        <v>717</v>
+      </c>
+      <c r="D88" t="s">
+        <v>718</v>
+      </c>
+      <c r="E88" t="s">
+        <v>195</v>
+      </c>
+      <c r="F88" t="s">
+        <v>719</v>
+      </c>
+      <c r="J88" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>720</v>
+      </c>
+      <c r="B89">
         <v>2932</v>
       </c>
-      <c r="C74" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B75" t="n">
+      <c r="C89" t="s">
+        <v>721</v>
+      </c>
+      <c r="D89" t="s">
+        <v>722</v>
+      </c>
+      <c r="E89" t="s">
+        <v>14</v>
+      </c>
+      <c r="F89" t="s">
+        <v>723</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>236</v>
+      </c>
+      <c r="B90">
         <v>1085</v>
       </c>
-      <c r="C75" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B76" t="n">
+      <c r="C90" t="s">
+        <v>724</v>
+      </c>
+      <c r="D90" t="s">
+        <v>725</v>
+      </c>
+      <c r="E90" t="s">
+        <v>172</v>
+      </c>
+      <c r="F90" t="s">
+        <v>235</v>
+      </c>
+      <c r="G90" t="s">
+        <v>429</v>
+      </c>
+      <c r="H90" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>726</v>
+      </c>
+      <c r="B91">
         <v>518</v>
       </c>
-      <c r="C76" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B77" t="n">
+      <c r="C91" t="s">
+        <v>727</v>
+      </c>
+      <c r="D91" t="s">
+        <v>728</v>
+      </c>
+      <c r="E91" t="s">
+        <v>172</v>
+      </c>
+      <c r="F91" t="s">
+        <v>729</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>240</v>
+      </c>
+      <c r="B92">
         <v>3032</v>
       </c>
-      <c r="C77" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B78" t="n">
+      <c r="C92" t="s">
+        <v>238</v>
+      </c>
+      <c r="D92" t="s">
+        <v>730</v>
+      </c>
+      <c r="E92" t="s">
+        <v>21</v>
+      </c>
+      <c r="F92" t="s">
+        <v>239</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>731</v>
+      </c>
+      <c r="B93">
+        <v>1266</v>
+      </c>
+      <c r="C93" t="s">
+        <v>732</v>
+      </c>
+      <c r="D93" t="s">
+        <v>733</v>
+      </c>
+      <c r="E93" t="s">
+        <v>442</v>
+      </c>
+      <c r="F93" t="s">
+        <v>734</v>
+      </c>
+      <c r="J93" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>735</v>
+      </c>
+      <c r="B94">
         <v>1004</v>
       </c>
-      <c r="C78" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B79" t="n">
+      <c r="C94" t="s">
+        <v>736</v>
+      </c>
+      <c r="D94" t="s">
+        <v>737</v>
+      </c>
+      <c r="E94" t="s">
+        <v>195</v>
+      </c>
+      <c r="F94" t="s">
+        <v>738</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>244</v>
+      </c>
+      <c r="B95">
         <v>4460</v>
       </c>
-      <c r="C79" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B80" t="n">
+      <c r="C95" t="s">
+        <v>739</v>
+      </c>
+      <c r="D95" t="s">
+        <v>740</v>
+      </c>
+      <c r="E95" t="s">
+        <v>195</v>
+      </c>
+      <c r="F95" t="s">
+        <v>247</v>
+      </c>
+      <c r="G95" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>244</v>
+      </c>
+      <c r="B96">
         <v>1211</v>
       </c>
-      <c r="C80" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B81" t="n">
+      <c r="C96" t="s">
+        <v>741</v>
+      </c>
+      <c r="E96" t="s">
+        <v>14</v>
+      </c>
+      <c r="F96" t="s">
+        <v>742</v>
+      </c>
+      <c r="G96" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>244</v>
+      </c>
+      <c r="B97">
         <v>1054</v>
       </c>
-      <c r="C81" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B82" t="n">
+      <c r="C97" t="s">
+        <v>743</v>
+      </c>
+      <c r="D97" t="s">
+        <v>744</v>
+      </c>
+      <c r="E97" t="s">
+        <v>195</v>
+      </c>
+      <c r="F97" t="s">
+        <v>745</v>
+      </c>
+      <c r="H97" t="s">
+        <v>15</v>
+      </c>
+      <c r="I97" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>251</v>
+      </c>
+      <c r="B98">
         <v>6326</v>
       </c>
-      <c r="C82" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B83" t="n">
+      <c r="C98" t="s">
+        <v>249</v>
+      </c>
+      <c r="D98" t="s">
+        <v>746</v>
+      </c>
+      <c r="E98" t="s">
+        <v>21</v>
+      </c>
+      <c r="F98" t="s">
+        <v>250</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>747</v>
+      </c>
+      <c r="B99">
         <v>1005</v>
       </c>
-      <c r="C83" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B84" t="n">
+      <c r="C99" t="s">
+        <v>748</v>
+      </c>
+      <c r="D99" t="s">
+        <v>749</v>
+      </c>
+      <c r="E99" t="s">
+        <v>437</v>
+      </c>
+      <c r="F99" t="s">
+        <v>750</v>
+      </c>
+      <c r="H99" t="s">
+        <v>22</v>
+      </c>
+      <c r="I99" t="s">
+        <v>22</v>
+      </c>
+      <c r="J99" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>255</v>
+      </c>
+      <c r="B100">
         <v>1010</v>
       </c>
-      <c r="C84" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B85" t="n">
+      <c r="C100" t="s">
+        <v>253</v>
+      </c>
+      <c r="D100" t="s">
+        <v>751</v>
+      </c>
+      <c r="E100" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" t="s">
+        <v>254</v>
+      </c>
+      <c r="G100" t="s">
+        <v>429</v>
+      </c>
+      <c r="H100" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>752</v>
+      </c>
+      <c r="B101">
         <v>4449</v>
       </c>
-      <c r="C85" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B86" t="n">
+      <c r="C101" t="s">
+        <v>753</v>
+      </c>
+      <c r="D101" t="s">
+        <v>754</v>
+      </c>
+      <c r="E101" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" t="s">
+        <v>755</v>
+      </c>
+      <c r="H101" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>756</v>
+      </c>
+      <c r="B102">
         <v>4381</v>
       </c>
-      <c r="C86" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B87" t="n">
+      <c r="C102" t="s">
+        <v>757</v>
+      </c>
+      <c r="D102" t="s">
+        <v>758</v>
+      </c>
+      <c r="E102" t="s">
+        <v>272</v>
+      </c>
+      <c r="F102" t="s">
+        <v>759</v>
+      </c>
+      <c r="G102" t="s">
+        <v>429</v>
+      </c>
+      <c r="H102" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>760</v>
+      </c>
+      <c r="B103">
+        <v>4734</v>
+      </c>
+      <c r="C103" t="s">
+        <v>761</v>
+      </c>
+      <c r="D103" t="s">
+        <v>762</v>
+      </c>
+      <c r="E103" t="s">
+        <v>601</v>
+      </c>
+      <c r="F103" t="s">
+        <v>763</v>
+      </c>
+      <c r="J103" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>764</v>
+      </c>
+      <c r="B104">
         <v>736</v>
       </c>
-      <c r="C87" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B88" t="n">
+      <c r="C104" t="s">
+        <v>765</v>
+      </c>
+      <c r="D104" t="s">
+        <v>766</v>
+      </c>
+      <c r="E104" t="s">
+        <v>272</v>
+      </c>
+      <c r="F104" t="s">
+        <v>767</v>
+      </c>
+      <c r="H104" t="s">
+        <v>429</v>
+      </c>
+      <c r="I104" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>768</v>
+      </c>
+      <c r="B105">
         <v>4331</v>
       </c>
-      <c r="C88" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B89" t="n">
+      <c r="C105" t="s">
+        <v>769</v>
+      </c>
+      <c r="D105" t="s">
+        <v>770</v>
+      </c>
+      <c r="E105" t="s">
+        <v>601</v>
+      </c>
+      <c r="F105" t="s">
+        <v>771</v>
+      </c>
+      <c r="H105" t="s">
+        <v>429</v>
+      </c>
+      <c r="I105" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>768</v>
+      </c>
+      <c r="B106">
         <v>729</v>
       </c>
-      <c r="C89" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B90" t="n">
+      <c r="C106" t="s">
+        <v>772</v>
+      </c>
+      <c r="D106" t="s">
+        <v>773</v>
+      </c>
+      <c r="E106" t="s">
+        <v>601</v>
+      </c>
+      <c r="F106" t="s">
+        <v>774</v>
+      </c>
+      <c r="H106" t="s">
+        <v>429</v>
+      </c>
+      <c r="I106" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>775</v>
+      </c>
+      <c r="B107">
+        <v>1324</v>
+      </c>
+      <c r="C107" t="s">
+        <v>776</v>
+      </c>
+      <c r="D107" t="s">
+        <v>777</v>
+      </c>
+      <c r="E107" t="s">
+        <v>476</v>
+      </c>
+      <c r="F107" t="s">
+        <v>778</v>
+      </c>
+      <c r="J107" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>779</v>
+      </c>
+      <c r="B108">
+        <v>1026</v>
+      </c>
+      <c r="C108" t="s">
+        <v>780</v>
+      </c>
+      <c r="D108" t="s">
+        <v>781</v>
+      </c>
+      <c r="E108" t="s">
+        <v>782</v>
+      </c>
+      <c r="F108" t="s">
+        <v>783</v>
+      </c>
+      <c r="J108" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>784</v>
+      </c>
+      <c r="B109">
+        <v>1263</v>
+      </c>
+      <c r="C109" t="s">
+        <v>785</v>
+      </c>
+      <c r="D109" t="s">
+        <v>786</v>
+      </c>
+      <c r="E109" t="s">
+        <v>272</v>
+      </c>
+      <c r="F109" t="s">
+        <v>787</v>
+      </c>
+      <c r="J109" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>788</v>
+      </c>
+      <c r="B110">
+        <v>1325</v>
+      </c>
+      <c r="C110" t="s">
+        <v>789</v>
+      </c>
+      <c r="D110" t="s">
+        <v>790</v>
+      </c>
+      <c r="E110" t="s">
+        <v>791</v>
+      </c>
+      <c r="F110" t="s">
+        <v>792</v>
+      </c>
+      <c r="J110" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>793</v>
+      </c>
+      <c r="B111">
+        <v>1264</v>
+      </c>
+      <c r="C111" t="s">
+        <v>794</v>
+      </c>
+      <c r="D111" t="s">
+        <v>795</v>
+      </c>
+      <c r="E111" t="s">
+        <v>791</v>
+      </c>
+      <c r="F111" t="s">
+        <v>796</v>
+      </c>
+      <c r="J111" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>797</v>
+      </c>
+      <c r="B112">
+        <v>1314</v>
+      </c>
+      <c r="C112" t="s">
+        <v>798</v>
+      </c>
+      <c r="D112" t="s">
+        <v>799</v>
+      </c>
+      <c r="E112" t="s">
+        <v>437</v>
+      </c>
+      <c r="F112" t="s">
+        <v>800</v>
+      </c>
+      <c r="J112" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>801</v>
+      </c>
+      <c r="B113">
+        <v>1326</v>
+      </c>
+      <c r="C113" t="s">
+        <v>802</v>
+      </c>
+      <c r="D113" t="s">
+        <v>803</v>
+      </c>
+      <c r="E113" t="s">
+        <v>195</v>
+      </c>
+      <c r="F113" t="s">
+        <v>804</v>
+      </c>
+      <c r="J113" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>805</v>
+      </c>
+      <c r="B114">
+        <v>1327</v>
+      </c>
+      <c r="C114" t="s">
+        <v>806</v>
+      </c>
+      <c r="D114" t="s">
+        <v>807</v>
+      </c>
+      <c r="E114" t="s">
+        <v>21</v>
+      </c>
+      <c r="F114" t="s">
+        <v>808</v>
+      </c>
+      <c r="J114" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>809</v>
+      </c>
+      <c r="B115">
+        <v>1340</v>
+      </c>
+      <c r="C115" t="s">
+        <v>810</v>
+      </c>
+      <c r="D115" t="s">
+        <v>811</v>
+      </c>
+      <c r="E115" t="s">
+        <v>195</v>
+      </c>
+      <c r="F115" t="s">
+        <v>812</v>
+      </c>
+      <c r="J115" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>813</v>
+      </c>
+      <c r="B116">
+        <v>1328</v>
+      </c>
+      <c r="C116" t="s">
+        <v>814</v>
+      </c>
+      <c r="D116" t="s">
+        <v>815</v>
+      </c>
+      <c r="E116" t="s">
+        <v>172</v>
+      </c>
+      <c r="F116" t="s">
+        <v>816</v>
+      </c>
+      <c r="J116" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>259</v>
+      </c>
+      <c r="B117">
         <v>6040</v>
       </c>
-      <c r="C90" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B91" t="n">
+      <c r="C117" t="s">
+        <v>257</v>
+      </c>
+      <c r="D117" t="s">
+        <v>817</v>
+      </c>
+      <c r="E117" t="s">
+        <v>21</v>
+      </c>
+      <c r="F117" t="s">
+        <v>258</v>
+      </c>
+      <c r="G117" t="s">
+        <v>429</v>
+      </c>
+      <c r="H117" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>818</v>
+      </c>
+      <c r="B118">
+        <v>1282</v>
+      </c>
+      <c r="C118" t="s">
+        <v>819</v>
+      </c>
+      <c r="D118" t="s">
+        <v>820</v>
+      </c>
+      <c r="E118" t="s">
+        <v>442</v>
+      </c>
+      <c r="F118" t="s">
+        <v>821</v>
+      </c>
+      <c r="J118" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>822</v>
+      </c>
+      <c r="B119">
         <v>1072</v>
       </c>
-      <c r="C91" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B92" t="n">
+      <c r="C119" t="s">
+        <v>823</v>
+      </c>
+      <c r="D119" t="s">
+        <v>824</v>
+      </c>
+      <c r="E119" t="s">
+        <v>476</v>
+      </c>
+      <c r="F119" t="s">
+        <v>825</v>
+      </c>
+      <c r="I119" t="s">
+        <v>429</v>
+      </c>
+      <c r="J119" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>826</v>
+      </c>
+      <c r="B120">
         <v>509</v>
       </c>
-      <c r="C92" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B93" t="n">
+      <c r="C120" t="s">
+        <v>827</v>
+      </c>
+      <c r="D120" t="s">
+        <v>828</v>
+      </c>
+      <c r="E120" t="s">
+        <v>172</v>
+      </c>
+      <c r="F120" t="s">
+        <v>829</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>267</v>
+      </c>
+      <c r="B121">
         <v>3015</v>
       </c>
-      <c r="C93" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B94" t="n">
+      <c r="C121" t="s">
+        <v>830</v>
+      </c>
+      <c r="D121" t="s">
+        <v>831</v>
+      </c>
+      <c r="E121" t="s">
+        <v>21</v>
+      </c>
+      <c r="F121" t="s">
+        <v>266</v>
+      </c>
+      <c r="G121" t="s">
+        <v>832</v>
+      </c>
+      <c r="H121" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>833</v>
+      </c>
+      <c r="B122">
         <v>9197</v>
       </c>
-      <c r="C94" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B95" t="n">
+      <c r="C122" t="s">
+        <v>834</v>
+      </c>
+      <c r="D122" t="s">
+        <v>835</v>
+      </c>
+      <c r="E122" t="s">
+        <v>195</v>
+      </c>
+      <c r="F122" t="s">
+        <v>836</v>
+      </c>
+      <c r="G122" t="s">
+        <v>429</v>
+      </c>
+      <c r="H122" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>837</v>
+      </c>
+      <c r="B123">
         <v>9243</v>
       </c>
-      <c r="C95" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B96" t="n">
+      <c r="C123" t="s">
+        <v>838</v>
+      </c>
+      <c r="D123" t="s">
+        <v>839</v>
+      </c>
+      <c r="E123" t="s">
+        <v>195</v>
+      </c>
+      <c r="F123" t="s">
+        <v>840</v>
+      </c>
+      <c r="G123" t="s">
+        <v>429</v>
+      </c>
+      <c r="H123" t="s">
+        <v>429</v>
+      </c>
+      <c r="I123" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>841</v>
+      </c>
+      <c r="B124">
         <v>2946</v>
       </c>
-      <c r="C96" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B97" t="n">
+      <c r="C124" t="s">
+        <v>842</v>
+      </c>
+      <c r="D124" t="s">
+        <v>843</v>
+      </c>
+      <c r="E124" t="s">
+        <v>14</v>
+      </c>
+      <c r="F124" t="s">
+        <v>844</v>
+      </c>
+      <c r="G124" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>845</v>
+      </c>
+      <c r="B125">
         <v>4770</v>
       </c>
-      <c r="C97" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B98" t="n">
+      <c r="C125" t="s">
+        <v>846</v>
+      </c>
+      <c r="D125" t="s">
+        <v>847</v>
+      </c>
+      <c r="E125" t="s">
+        <v>14</v>
+      </c>
+      <c r="F125" t="s">
+        <v>848</v>
+      </c>
+      <c r="G125" t="s">
+        <v>429</v>
+      </c>
+      <c r="H125" t="s">
+        <v>429</v>
+      </c>
+      <c r="I125" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>849</v>
+      </c>
+      <c r="B126">
         <v>1089</v>
       </c>
-      <c r="C98" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B99" t="n">
+      <c r="C126" t="s">
+        <v>850</v>
+      </c>
+      <c r="D126" t="s">
+        <v>851</v>
+      </c>
+      <c r="E126" t="s">
+        <v>601</v>
+      </c>
+      <c r="F126" t="s">
+        <v>852</v>
+      </c>
+      <c r="H126" t="s">
+        <v>429</v>
+      </c>
+      <c r="I126" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>849</v>
+      </c>
+      <c r="B127">
         <v>4322</v>
       </c>
-      <c r="C99" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B100" t="n">
+      <c r="C127" t="s">
+        <v>853</v>
+      </c>
+      <c r="D127" t="s">
+        <v>854</v>
+      </c>
+      <c r="E127" t="s">
+        <v>601</v>
+      </c>
+      <c r="F127" t="s">
+        <v>852</v>
+      </c>
+      <c r="H127" t="s">
+        <v>429</v>
+      </c>
+      <c r="I127" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>855</v>
+      </c>
+      <c r="B128">
+        <v>1267</v>
+      </c>
+      <c r="C128" t="s">
+        <v>856</v>
+      </c>
+      <c r="D128" t="s">
+        <v>857</v>
+      </c>
+      <c r="E128" t="s">
+        <v>437</v>
+      </c>
+      <c r="F128" t="s">
+        <v>858</v>
+      </c>
+      <c r="J128" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>859</v>
+      </c>
+      <c r="B129">
+        <v>1301</v>
+      </c>
+      <c r="C129" t="s">
+        <v>860</v>
+      </c>
+      <c r="D129" t="s">
+        <v>861</v>
+      </c>
+      <c r="E129" t="s">
+        <v>272</v>
+      </c>
+      <c r="F129" t="s">
+        <v>862</v>
+      </c>
+      <c r="J129" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>863</v>
+      </c>
+      <c r="B130">
+        <v>1287</v>
+      </c>
+      <c r="C130" t="s">
+        <v>864</v>
+      </c>
+      <c r="D130" t="s">
+        <v>865</v>
+      </c>
+      <c r="E130" t="s">
+        <v>866</v>
+      </c>
+      <c r="F130" t="s">
+        <v>867</v>
+      </c>
+      <c r="J130" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>868</v>
+      </c>
+      <c r="B131">
         <v>734</v>
       </c>
-      <c r="C100" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B101" t="n">
+      <c r="C131" t="s">
+        <v>869</v>
+      </c>
+      <c r="D131" t="s">
+        <v>870</v>
+      </c>
+      <c r="E131" t="s">
+        <v>14</v>
+      </c>
+      <c r="F131" t="s">
+        <v>871</v>
+      </c>
+      <c r="H131" t="s">
+        <v>429</v>
+      </c>
+      <c r="I131" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>872</v>
+      </c>
+      <c r="B132">
         <v>4404</v>
       </c>
-      <c r="C101" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B102" t="n">
+      <c r="C132" t="s">
+        <v>873</v>
+      </c>
+      <c r="D132" t="s">
+        <v>874</v>
+      </c>
+      <c r="E132" t="s">
+        <v>159</v>
+      </c>
+      <c r="F132" t="s">
+        <v>875</v>
+      </c>
+      <c r="H132" t="s">
+        <v>429</v>
+      </c>
+      <c r="I132" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>876</v>
+      </c>
+      <c r="B133">
         <v>4057</v>
       </c>
-      <c r="C102" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B103" t="n">
+      <c r="C133" t="s">
+        <v>877</v>
+      </c>
+      <c r="D133" t="s">
+        <v>878</v>
+      </c>
+      <c r="E133" t="s">
+        <v>272</v>
+      </c>
+      <c r="F133" t="s">
+        <v>879</v>
+      </c>
+      <c r="H133" t="s">
+        <v>429</v>
+      </c>
+      <c r="I133" t="s">
+        <v>429</v>
+      </c>
+      <c r="J133" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>880</v>
+      </c>
+      <c r="B134">
+        <v>1337</v>
+      </c>
+      <c r="C134" t="s">
+        <v>881</v>
+      </c>
+      <c r="D134" t="s">
+        <v>882</v>
+      </c>
+      <c r="E134" t="s">
+        <v>272</v>
+      </c>
+      <c r="F134" t="s">
+        <v>883</v>
+      </c>
+      <c r="J134" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>884</v>
+      </c>
+      <c r="B135">
         <v>8044</v>
       </c>
-      <c r="C103" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B104" t="n">
+      <c r="C135" t="s">
+        <v>885</v>
+      </c>
+      <c r="D135" t="s">
+        <v>886</v>
+      </c>
+      <c r="E135" t="s">
+        <v>272</v>
+      </c>
+      <c r="F135" t="s">
+        <v>887</v>
+      </c>
+      <c r="G135" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>888</v>
+      </c>
+      <c r="B136">
         <v>1239</v>
       </c>
-      <c r="C104" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B105" t="n">
+      <c r="C136" t="s">
+        <v>889</v>
+      </c>
+      <c r="D136" t="s">
+        <v>890</v>
+      </c>
+      <c r="E136" t="s">
+        <v>195</v>
+      </c>
+      <c r="F136" t="s">
+        <v>891</v>
+      </c>
+      <c r="G136" t="s">
+        <v>15</v>
+      </c>
+      <c r="H136" t="s">
+        <v>15</v>
+      </c>
+      <c r="I136" t="s">
+        <v>429</v>
+      </c>
+      <c r="J136" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>892</v>
+      </c>
+      <c r="B137">
         <v>2125</v>
       </c>
-      <c r="C105" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B106" t="n">
+      <c r="C137" t="s">
+        <v>893</v>
+      </c>
+      <c r="D137" t="s">
+        <v>894</v>
+      </c>
+      <c r="E137" t="s">
+        <v>272</v>
+      </c>
+      <c r="F137" t="s">
+        <v>895</v>
+      </c>
+      <c r="H137" t="s">
+        <v>15</v>
+      </c>
+      <c r="I137" t="s">
+        <v>15</v>
+      </c>
+      <c r="J137" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>896</v>
+      </c>
+      <c r="B138">
         <v>4421</v>
       </c>
-      <c r="C106" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B107" t="n">
+      <c r="C138" t="s">
+        <v>897</v>
+      </c>
+      <c r="D138" t="s">
+        <v>898</v>
+      </c>
+      <c r="E138" t="s">
+        <v>272</v>
+      </c>
+      <c r="F138" t="s">
+        <v>899</v>
+      </c>
+      <c r="G138" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>900</v>
+      </c>
+      <c r="B139">
+        <v>1302</v>
+      </c>
+      <c r="C139" t="s">
+        <v>901</v>
+      </c>
+      <c r="D139" t="s">
+        <v>902</v>
+      </c>
+      <c r="E139" t="s">
+        <v>782</v>
+      </c>
+      <c r="F139" t="s">
+        <v>903</v>
+      </c>
+      <c r="J139" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>904</v>
+      </c>
+      <c r="B140">
+        <v>1338</v>
+      </c>
+      <c r="C140" t="s">
+        <v>905</v>
+      </c>
+      <c r="D140" t="s">
+        <v>906</v>
+      </c>
+      <c r="E140" t="s">
+        <v>14</v>
+      </c>
+      <c r="F140" t="s">
+        <v>907</v>
+      </c>
+      <c r="J140" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>908</v>
+      </c>
+      <c r="B141">
+        <v>1252</v>
+      </c>
+      <c r="C141" t="s">
+        <v>909</v>
+      </c>
+      <c r="D141" t="s">
+        <v>910</v>
+      </c>
+      <c r="E141" t="s">
+        <v>437</v>
+      </c>
+      <c r="F141" t="s">
+        <v>911</v>
+      </c>
+      <c r="J141" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>912</v>
+      </c>
+      <c r="B142">
+        <v>1303</v>
+      </c>
+      <c r="C142" t="s">
+        <v>913</v>
+      </c>
+      <c r="D142" t="s">
+        <v>914</v>
+      </c>
+      <c r="E142" t="s">
+        <v>272</v>
+      </c>
+      <c r="F142" t="s">
+        <v>915</v>
+      </c>
+      <c r="J142" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>916</v>
+      </c>
+      <c r="B143">
         <v>1177</v>
       </c>
-      <c r="C107" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B108" t="n">
+      <c r="C143" t="s">
+        <v>917</v>
+      </c>
+      <c r="D143" t="s">
+        <v>918</v>
+      </c>
+      <c r="E143" t="s">
+        <v>14</v>
+      </c>
+      <c r="F143" t="s">
+        <v>919</v>
+      </c>
+      <c r="G143" t="s">
+        <v>429</v>
+      </c>
+      <c r="H143" t="s">
+        <v>429</v>
+      </c>
+      <c r="I143" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>920</v>
+      </c>
+      <c r="B144">
         <v>4334</v>
       </c>
-      <c r="C108" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B109" t="n">
+      <c r="C144" t="s">
+        <v>921</v>
+      </c>
+      <c r="D144" t="s">
+        <v>922</v>
+      </c>
+      <c r="E144" t="s">
+        <v>601</v>
+      </c>
+      <c r="F144" t="s">
+        <v>923</v>
+      </c>
+      <c r="H144" t="s">
+        <v>429</v>
+      </c>
+      <c r="I144" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>924</v>
+      </c>
+      <c r="B145">
+        <v>1304</v>
+      </c>
+      <c r="C145" t="s">
+        <v>925</v>
+      </c>
+      <c r="D145" t="s">
+        <v>926</v>
+      </c>
+      <c r="E145" t="s">
+        <v>866</v>
+      </c>
+      <c r="F145" t="s">
+        <v>927</v>
+      </c>
+      <c r="J145" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>928</v>
+      </c>
+      <c r="B146">
+        <v>1029</v>
+      </c>
+      <c r="C146" t="s">
+        <v>929</v>
+      </c>
+      <c r="D146" t="s">
+        <v>930</v>
+      </c>
+      <c r="E146" t="s">
+        <v>437</v>
+      </c>
+      <c r="F146" t="s">
+        <v>931</v>
+      </c>
+      <c r="J146" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>932</v>
+      </c>
+      <c r="B147">
         <v>4462</v>
       </c>
-      <c r="C109" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B110" t="n">
+      <c r="C147" t="s">
+        <v>933</v>
+      </c>
+      <c r="D147" t="s">
+        <v>934</v>
+      </c>
+      <c r="E147" t="s">
+        <v>159</v>
+      </c>
+      <c r="F147" t="s">
+        <v>935</v>
+      </c>
+      <c r="G147" t="s">
+        <v>429</v>
+      </c>
+      <c r="H147" t="s">
+        <v>429</v>
+      </c>
+      <c r="I147" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>932</v>
+      </c>
+      <c r="B148">
         <v>1090</v>
       </c>
-      <c r="C110" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B111" t="n">
+      <c r="C148" t="s">
+        <v>936</v>
+      </c>
+      <c r="D148" t="s">
+        <v>937</v>
+      </c>
+      <c r="E148" t="s">
+        <v>159</v>
+      </c>
+      <c r="F148" t="s">
+        <v>938</v>
+      </c>
+      <c r="H148" t="s">
+        <v>429</v>
+      </c>
+      <c r="I148" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>271</v>
+      </c>
+      <c r="B149">
         <v>3021</v>
       </c>
-      <c r="C111" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B112" t="n">
+      <c r="C149" t="s">
+        <v>269</v>
+      </c>
+      <c r="D149" t="s">
+        <v>939</v>
+      </c>
+      <c r="E149" t="s">
+        <v>272</v>
+      </c>
+      <c r="F149" t="s">
+        <v>270</v>
+      </c>
+      <c r="G149" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>276</v>
+      </c>
+      <c r="B150">
         <v>1225</v>
       </c>
-      <c r="C112" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B113" t="n">
+      <c r="C150" t="s">
+        <v>940</v>
+      </c>
+      <c r="D150" t="s">
+        <v>941</v>
+      </c>
+      <c r="E150" t="s">
+        <v>172</v>
+      </c>
+      <c r="F150" t="s">
+        <v>942</v>
+      </c>
+      <c r="G150" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>276</v>
+      </c>
+      <c r="B151">
         <v>4464</v>
       </c>
-      <c r="C113" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B114" t="n">
+      <c r="C151" t="s">
+        <v>943</v>
+      </c>
+      <c r="D151" t="s">
+        <v>941</v>
+      </c>
+      <c r="E151" t="s">
+        <v>172</v>
+      </c>
+      <c r="F151" t="s">
+        <v>944</v>
+      </c>
+      <c r="H151" t="s">
+        <v>15</v>
+      </c>
+      <c r="I151" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>945</v>
+      </c>
+      <c r="B152">
+        <v>1270</v>
+      </c>
+      <c r="C152" t="s">
+        <v>946</v>
+      </c>
+      <c r="D152" t="s">
+        <v>947</v>
+      </c>
+      <c r="E152" t="s">
+        <v>437</v>
+      </c>
+      <c r="F152" t="s">
+        <v>948</v>
+      </c>
+      <c r="J152" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>949</v>
+      </c>
+      <c r="B153">
         <v>4149</v>
       </c>
-      <c r="C114" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B115" t="n">
+      <c r="C153" t="s">
+        <v>950</v>
+      </c>
+      <c r="D153" t="s">
+        <v>951</v>
+      </c>
+      <c r="E153" t="s">
+        <v>476</v>
+      </c>
+      <c r="F153" t="s">
+        <v>952</v>
+      </c>
+      <c r="G153" t="s">
+        <v>429</v>
+      </c>
+      <c r="H153" t="s">
+        <v>429</v>
+      </c>
+      <c r="I153" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>953</v>
+      </c>
+      <c r="B154">
+        <v>1261</v>
+      </c>
+      <c r="C154" t="s">
+        <v>954</v>
+      </c>
+      <c r="D154" t="s">
+        <v>955</v>
+      </c>
+      <c r="E154" t="s">
+        <v>437</v>
+      </c>
+      <c r="F154" t="s">
+        <v>956</v>
+      </c>
+      <c r="J154" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>284</v>
+      </c>
+      <c r="B155">
         <v>8000</v>
       </c>
-      <c r="C115" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B116" t="n">
+      <c r="C155" t="s">
+        <v>957</v>
+      </c>
+      <c r="D155" t="s">
+        <v>958</v>
+      </c>
+      <c r="E155" t="s">
+        <v>21</v>
+      </c>
+      <c r="F155" t="s">
+        <v>283</v>
+      </c>
+      <c r="G155" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>959</v>
+      </c>
+      <c r="B156">
         <v>3012</v>
       </c>
-      <c r="C116" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B117" t="n">
+      <c r="C156" t="s">
+        <v>960</v>
+      </c>
+      <c r="D156" t="s">
+        <v>961</v>
+      </c>
+      <c r="E156" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" t="s">
+        <v>962</v>
+      </c>
+      <c r="G156" t="s">
+        <v>429</v>
+      </c>
+      <c r="H156" t="s">
+        <v>429</v>
+      </c>
+      <c r="I156" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>963</v>
+      </c>
+      <c r="B157">
+        <v>1283</v>
+      </c>
+      <c r="C157" t="s">
+        <v>964</v>
+      </c>
+      <c r="D157" t="s">
+        <v>965</v>
+      </c>
+      <c r="E157" t="s">
+        <v>442</v>
+      </c>
+      <c r="F157" t="s">
+        <v>966</v>
+      </c>
+      <c r="J157" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>292</v>
+      </c>
+      <c r="B158">
         <v>1022</v>
       </c>
-      <c r="C117" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B118" t="n">
+      <c r="C158" t="s">
+        <v>967</v>
+      </c>
+      <c r="D158" t="s">
+        <v>968</v>
+      </c>
+      <c r="E158" t="s">
+        <v>14</v>
+      </c>
+      <c r="F158" t="s">
+        <v>969</v>
+      </c>
+      <c r="G158" t="s">
+        <v>429</v>
+      </c>
+      <c r="H158" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>292</v>
+      </c>
+      <c r="B159">
         <v>2914</v>
       </c>
-      <c r="C118" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B119" t="n">
+      <c r="C159" t="s">
+        <v>970</v>
+      </c>
+      <c r="D159" t="s">
+        <v>971</v>
+      </c>
+      <c r="E159" t="s">
+        <v>272</v>
+      </c>
+      <c r="F159" t="s">
+        <v>972</v>
+      </c>
+      <c r="H159" t="s">
+        <v>429</v>
+      </c>
+      <c r="I159" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>296</v>
+      </c>
+      <c r="B160">
         <v>2247</v>
       </c>
-      <c r="C119" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B120" t="n">
+      <c r="C160" t="s">
+        <v>973</v>
+      </c>
+      <c r="E160" t="s">
+        <v>272</v>
+      </c>
+      <c r="F160" t="s">
+        <v>295</v>
+      </c>
+      <c r="G160" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>974</v>
+      </c>
+      <c r="B161">
         <v>1208</v>
       </c>
-      <c r="C120" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B121" t="n">
+      <c r="C161" t="s">
+        <v>975</v>
+      </c>
+      <c r="D161" t="s">
+        <v>976</v>
+      </c>
+      <c r="E161" t="s">
+        <v>195</v>
+      </c>
+      <c r="F161" t="s">
+        <v>977</v>
+      </c>
+      <c r="G161" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>978</v>
+      </c>
+      <c r="B162">
         <v>6471</v>
       </c>
-      <c r="C121" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B122" t="n">
+      <c r="C162" t="s">
+        <v>979</v>
+      </c>
+      <c r="D162" t="s">
+        <v>980</v>
+      </c>
+      <c r="E162" t="s">
+        <v>21</v>
+      </c>
+      <c r="F162" t="s">
+        <v>981</v>
+      </c>
+      <c r="G162" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>300</v>
+      </c>
+      <c r="B163">
         <v>2520</v>
       </c>
-      <c r="C122" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B123" t="n">
+      <c r="C163" t="s">
+        <v>298</v>
+      </c>
+      <c r="D163" t="s">
+        <v>982</v>
+      </c>
+      <c r="E163" t="s">
+        <v>272</v>
+      </c>
+      <c r="F163" t="s">
+        <v>299</v>
+      </c>
+      <c r="G163" t="s">
+        <v>429</v>
+      </c>
+      <c r="H163" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>983</v>
+      </c>
+      <c r="B164">
         <v>1179</v>
       </c>
-      <c r="C123" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B124" t="n">
+      <c r="C164" t="s">
+        <v>984</v>
+      </c>
+      <c r="D164" t="s">
+        <v>985</v>
+      </c>
+      <c r="E164" t="s">
+        <v>159</v>
+      </c>
+      <c r="F164" t="s">
+        <v>986</v>
+      </c>
+      <c r="G164" t="s">
+        <v>15</v>
+      </c>
+      <c r="H164" t="s">
+        <v>15</v>
+      </c>
+      <c r="I164" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>987</v>
+      </c>
+      <c r="B165">
         <v>1011</v>
       </c>
-      <c r="C124" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B125" t="n">
+      <c r="C165" t="s">
+        <v>988</v>
+      </c>
+      <c r="D165" t="s">
+        <v>989</v>
+      </c>
+      <c r="E165" t="s">
+        <v>142</v>
+      </c>
+      <c r="F165" t="s">
+        <v>72</v>
+      </c>
+      <c r="G165" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>304</v>
+      </c>
+      <c r="B166">
         <v>6324</v>
       </c>
-      <c r="C125" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B126" t="n">
+      <c r="C166" t="s">
+        <v>302</v>
+      </c>
+      <c r="D166" t="s">
+        <v>990</v>
+      </c>
+      <c r="E166" t="s">
+        <v>21</v>
+      </c>
+      <c r="F166" t="s">
+        <v>303</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>308</v>
+      </c>
+      <c r="B167">
         <v>3069</v>
       </c>
-      <c r="C126" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B127" t="n">
+      <c r="C167" t="s">
+        <v>991</v>
+      </c>
+      <c r="D167" t="s">
+        <v>992</v>
+      </c>
+      <c r="E167" t="s">
+        <v>21</v>
+      </c>
+      <c r="F167" t="s">
+        <v>311</v>
+      </c>
+      <c r="G167" t="s">
+        <v>643</v>
+      </c>
+      <c r="H167" t="s">
+        <v>832</v>
+      </c>
+      <c r="I167" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>308</v>
+      </c>
+      <c r="B168">
         <v>1236</v>
       </c>
-      <c r="C127" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B128" t="n">
+      <c r="C168" t="s">
+        <v>993</v>
+      </c>
+      <c r="D168" t="s">
+        <v>994</v>
+      </c>
+      <c r="E168" t="s">
+        <v>21</v>
+      </c>
+      <c r="F168" t="s">
+        <v>307</v>
+      </c>
+      <c r="G168" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>995</v>
+      </c>
+      <c r="B169">
         <v>475</v>
       </c>
-      <c r="C128" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B129" t="n">
+      <c r="C169" t="s">
+        <v>996</v>
+      </c>
+      <c r="D169" t="s">
+        <v>997</v>
+      </c>
+      <c r="E169" t="s">
+        <v>172</v>
+      </c>
+      <c r="F169" t="s">
+        <v>998</v>
+      </c>
+      <c r="G169" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>999</v>
+      </c>
+      <c r="B170">
         <v>4422</v>
       </c>
-      <c r="C129" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B130" t="n">
+      <c r="C170" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E170" t="s">
+        <v>159</v>
+      </c>
+      <c r="F170" t="s">
+        <v>37</v>
+      </c>
+      <c r="G170" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B171">
+        <v>1305</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E171" t="s">
+        <v>437</v>
+      </c>
+      <c r="F171" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J171" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B172">
         <v>4424</v>
       </c>
-      <c r="C130" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B131" t="n">
+      <c r="C172" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E172" t="s">
+        <v>159</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B173">
+        <v>1253</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E173" t="s">
+        <v>782</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J173" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>319</v>
+      </c>
+      <c r="B174">
         <v>1220</v>
       </c>
-      <c r="C131" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B132" t="n">
+      <c r="C174" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E174" t="s">
+        <v>272</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G174" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B175">
         <v>4207</v>
       </c>
-      <c r="C132" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B133" t="n">
+      <c r="C175" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E175" t="s">
+        <v>142</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G175" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>327</v>
+      </c>
+      <c r="B176">
         <v>8034</v>
       </c>
-      <c r="C133" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B134" t="n">
+      <c r="C176" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E176" t="s">
+        <v>272</v>
+      </c>
+      <c r="F176" t="s">
+        <v>326</v>
+      </c>
+      <c r="G176" t="s">
+        <v>429</v>
+      </c>
+      <c r="H176" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>315</v>
+      </c>
+      <c r="B177">
         <v>4398</v>
       </c>
-      <c r="C134" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B135" t="n">
+      <c r="C177" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E177" t="s">
+        <v>195</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G177" t="s">
+        <v>429</v>
+      </c>
+      <c r="H177" t="s">
+        <v>15</v>
+      </c>
+      <c r="I177" t="s">
+        <v>15</v>
+      </c>
+      <c r="J177" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>331</v>
+      </c>
+      <c r="B178">
+        <v>3870</v>
+      </c>
+      <c r="C178" t="s">
+        <v>329</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E178" t="s">
+        <v>14</v>
+      </c>
+      <c r="F178" t="s">
+        <v>330</v>
+      </c>
+      <c r="G178" t="s">
+        <v>429</v>
+      </c>
+      <c r="H178" t="s">
+        <v>429</v>
+      </c>
+      <c r="I178" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>331</v>
+      </c>
+      <c r="B179">
         <v>1087</v>
       </c>
-      <c r="C135" t="inlineStr">
-[...82 lines deleted...]
-      <c r="B137" t="n">
+      <c r="C179" t="s">
+        <v>329</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E179" t="s">
+        <v>14</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H179" t="s">
+        <v>429</v>
+      </c>
+      <c r="I179" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B180">
         <v>3420</v>
       </c>
-      <c r="C137" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B138" t="n">
+      <c r="C180" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E180" t="s">
+        <v>541</v>
+      </c>
+      <c r="F180" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G180" t="s">
+        <v>15</v>
+      </c>
+      <c r="H180" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B181">
         <v>1881</v>
       </c>
-      <c r="C138" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B139" t="n">
+      <c r="C181" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E181" t="s">
+        <v>541</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G181" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B182">
         <v>4712</v>
       </c>
-      <c r="C139" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B140" t="n">
+      <c r="C182" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E182" t="s">
+        <v>14</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G182" t="s">
+        <v>429</v>
+      </c>
+      <c r="H182" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B183">
         <v>2132</v>
       </c>
-      <c r="C140" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B141" t="n">
+      <c r="C183" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E183" t="s">
+        <v>172</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G183" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B184">
         <v>366</v>
       </c>
-      <c r="C141" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B142" t="n">
+      <c r="C184" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E184" t="s">
+        <v>272</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H184" t="s">
+        <v>429</v>
+      </c>
+      <c r="I184" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B185">
         <v>1539</v>
       </c>
-      <c r="C142" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B143" t="n">
+      <c r="C185" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E185" t="s">
+        <v>541</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185" t="s">
+        <v>22</v>
+      </c>
+      <c r="I185" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B186">
         <v>1271</v>
       </c>
-      <c r="C143" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B144" t="n">
+      <c r="C186" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E186" t="s">
+        <v>159</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H186" t="s">
+        <v>429</v>
+      </c>
+      <c r="I186" t="s">
+        <v>15</v>
+      </c>
+      <c r="J186" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B187">
         <v>4429</v>
       </c>
-      <c r="C144" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B145" t="n">
+      <c r="C187" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E187" t="s">
+        <v>14</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1060</v>
+      </c>
+      <c r="G187" t="s">
+        <v>429</v>
+      </c>
+      <c r="H187" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B188">
         <v>440</v>
       </c>
-      <c r="C145" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B146" t="n">
+      <c r="C188" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1063</v>
+      </c>
+      <c r="E188" t="s">
+        <v>272</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H188" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B189">
         <v>661</v>
       </c>
-      <c r="C146" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B147" t="n">
+      <c r="C189" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E189" t="s">
+        <v>272</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H189" t="s">
+        <v>15</v>
+      </c>
+      <c r="I189" t="s">
+        <v>15</v>
+      </c>
+      <c r="J189" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B190">
         <v>4052</v>
       </c>
-      <c r="C147" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B148" t="n">
+      <c r="C190" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E190" t="s">
+        <v>172</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H190" t="s">
+        <v>429</v>
+      </c>
+      <c r="I190" t="s">
+        <v>429</v>
+      </c>
+      <c r="J190" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B191">
         <v>1058</v>
       </c>
-      <c r="C148" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B149" t="n">
+      <c r="C191" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E191" t="s">
+        <v>272</v>
+      </c>
+      <c r="F191" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H191" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B192">
         <v>1018</v>
       </c>
-      <c r="C149" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B150" t="n">
+      <c r="C192" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E192" t="s">
+        <v>172</v>
+      </c>
+      <c r="F192" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H192" t="s">
+        <v>429</v>
+      </c>
+      <c r="I192" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B193">
         <v>2891</v>
       </c>
-      <c r="C150" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B151" t="n">
+      <c r="C193" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E193" t="s">
+        <v>14</v>
+      </c>
+      <c r="F193" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G193" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B194">
         <v>2868</v>
       </c>
-      <c r="C151" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B152" t="n">
+      <c r="C194" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E194" t="s">
+        <v>14</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H194" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B195">
         <v>2809</v>
       </c>
-      <c r="C152" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B153" t="n">
+      <c r="C195" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E195" t="s">
+        <v>14</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H195" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B196">
         <v>1227</v>
       </c>
-      <c r="C153" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B154" t="n">
+      <c r="C196" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E196" t="s">
+        <v>14</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H196" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>342</v>
+      </c>
+      <c r="B197">
         <v>631</v>
       </c>
-      <c r="C154" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B155" t="n">
+      <c r="C197" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E197" t="s">
+        <v>21</v>
+      </c>
+      <c r="F197" t="s">
+        <v>341</v>
+      </c>
+      <c r="G197" t="s">
+        <v>499</v>
+      </c>
+      <c r="H197" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B198">
         <v>2097</v>
       </c>
-      <c r="C155" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B156" t="n">
+      <c r="C198" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E198" t="s">
+        <v>272</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G198" t="s">
+        <v>15</v>
+      </c>
+      <c r="H198" t="s">
+        <v>15</v>
+      </c>
+      <c r="I198" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>346</v>
+      </c>
+      <c r="B199">
         <v>8035</v>
       </c>
-      <c r="C156" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B157" t="n">
+      <c r="C199" t="s">
+        <v>344</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E199" t="s">
+        <v>272</v>
+      </c>
+      <c r="F199" t="s">
+        <v>345</v>
+      </c>
+      <c r="G199" t="s">
+        <v>429</v>
+      </c>
+      <c r="H199" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B200">
+        <v>1315</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E200" t="s">
+        <v>442</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1105</v>
+      </c>
+      <c r="J200" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B201">
         <v>4351</v>
       </c>
-      <c r="C157" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B158" t="n">
+      <c r="C201" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E201" t="s">
+        <v>14</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G201" t="s">
+        <v>429</v>
+      </c>
+      <c r="H201" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B202">
         <v>6495</v>
       </c>
-      <c r="C158" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B159" t="n">
+      <c r="C202" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E202" t="s">
+        <v>21</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G202" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B203">
+        <v>244</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E203" t="s">
+        <v>14</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1117</v>
+      </c>
+      <c r="J203" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B204">
         <v>4275</v>
       </c>
-      <c r="C159" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B160" t="n">
+      <c r="C204" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E204" t="s">
+        <v>601</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H204" t="s">
+        <v>429</v>
+      </c>
+      <c r="I204" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B205">
         <v>4195</v>
       </c>
-      <c r="C160" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B161" t="n">
+      <c r="C205" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E205" t="s">
+        <v>14</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H205" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B206">
+        <v>1329</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E206" t="s">
+        <v>782</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J206" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>358</v>
+      </c>
+      <c r="B207">
         <v>1145</v>
       </c>
-      <c r="C161" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B162" t="n">
+      <c r="C207" t="s">
+        <v>356</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E207" t="s">
+        <v>195</v>
+      </c>
+      <c r="F207" t="s">
+        <v>357</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207" t="s">
+        <v>22</v>
+      </c>
+      <c r="I207" t="s">
+        <v>22</v>
+      </c>
+      <c r="J207" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B208">
         <v>2846</v>
       </c>
-      <c r="C162" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B163" t="n">
+      <c r="C208" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E208" t="s">
+        <v>14</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G208" t="s">
+        <v>429</v>
+      </c>
+      <c r="H208" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>362</v>
+      </c>
+      <c r="B209">
         <v>1148</v>
       </c>
-      <c r="C163" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B164" t="n">
+      <c r="C209" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E209" t="s">
+        <v>172</v>
+      </c>
+      <c r="F209" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G209" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>362</v>
+      </c>
+      <c r="B210">
         <v>697</v>
       </c>
-      <c r="C164" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B165" t="n">
+      <c r="C210" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E210" t="s">
+        <v>172</v>
+      </c>
+      <c r="F210" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H210" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B211">
+        <v>1281</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E211" t="s">
+        <v>442</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J211" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B212">
+        <v>1280</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E212" t="s">
+        <v>442</v>
+      </c>
+      <c r="F212" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J212" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B213">
+        <v>1311</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E213" t="s">
+        <v>442</v>
+      </c>
+      <c r="F213" t="s">
+        <v>1152</v>
+      </c>
+      <c r="J213" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B214">
         <v>1002</v>
       </c>
-      <c r="C165" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B166" t="n">
+      <c r="C214" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E214" t="s">
+        <v>512</v>
+      </c>
+      <c r="F214" t="s">
+        <v>1156</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B215">
+        <v>1290</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E215" t="s">
+        <v>437</v>
+      </c>
+      <c r="F215" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J215" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>374</v>
+      </c>
+      <c r="B216">
         <v>585</v>
       </c>
-      <c r="C166" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B167" t="n">
+      <c r="C216" t="s">
+        <v>372</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E216" t="s">
+        <v>172</v>
+      </c>
+      <c r="F216" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B217">
+        <v>1257</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E217" t="s">
+        <v>437</v>
+      </c>
+      <c r="F217" t="s">
+        <v>1166</v>
+      </c>
+      <c r="J217" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B218">
         <v>1345</v>
       </c>
-      <c r="C167" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B168" t="n">
+      <c r="C218" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E218" t="s">
+        <v>601</v>
+      </c>
+      <c r="F218" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I218" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B219">
         <v>2810</v>
       </c>
-      <c r="C168" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B169" t="n">
+      <c r="C219" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1173</v>
+      </c>
+      <c r="E219" t="s">
+        <v>14</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G219" t="s">
+        <v>429</v>
+      </c>
+      <c r="H219" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B220">
         <v>1232</v>
       </c>
-      <c r="C169" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B170" t="n">
+      <c r="C220" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E220" t="s">
+        <v>272</v>
+      </c>
+      <c r="F220" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I220" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B221">
         <v>4115</v>
       </c>
-      <c r="C170" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B171" t="n">
+      <c r="C221" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E221" t="s">
+        <v>195</v>
+      </c>
+      <c r="F221" t="s">
+        <v>1182</v>
+      </c>
+      <c r="G221" t="s">
+        <v>429</v>
+      </c>
+      <c r="H221" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>378</v>
+      </c>
+      <c r="B222">
         <v>4241</v>
       </c>
-      <c r="C171" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B172" t="n">
+      <c r="C222" t="s">
+        <v>376</v>
+      </c>
+      <c r="E222" t="s">
+        <v>272</v>
+      </c>
+      <c r="F222" t="s">
+        <v>377</v>
+      </c>
+      <c r="G222" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B223">
         <v>224</v>
       </c>
-      <c r="C172" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B173" t="n">
+      <c r="C223" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E223" t="s">
+        <v>172</v>
+      </c>
+      <c r="F223" t="s">
+        <v>1186</v>
+      </c>
+      <c r="I223" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B224">
         <v>5490</v>
       </c>
-      <c r="C173" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B174" t="n">
+      <c r="C224" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E224" t="s">
+        <v>172</v>
+      </c>
+      <c r="F224" t="s">
+        <v>1190</v>
+      </c>
+      <c r="G224" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B225">
+        <v>1306</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E225" t="s">
+        <v>866</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J225" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B226">
         <v>499</v>
       </c>
-      <c r="C174" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B175" t="n">
+      <c r="C226" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E226" t="s">
+        <v>172</v>
+      </c>
+      <c r="F226" t="s">
+        <v>1198</v>
+      </c>
+      <c r="G226" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B227">
         <v>1008</v>
       </c>
-      <c r="C175" t="inlineStr">
-[...123 lines deleted...]
-      <c r="B178" t="n">
+      <c r="C227" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E227" t="s">
+        <v>172</v>
+      </c>
+      <c r="F227" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G227" t="s">
+        <v>429</v>
+      </c>
+      <c r="H227" t="s">
+        <v>429</v>
+      </c>
+      <c r="I227" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B228">
         <v>4411</v>
       </c>
-      <c r="C178" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B179" t="n">
+      <c r="C228" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E228" t="s">
+        <v>14</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1206</v>
+      </c>
+      <c r="G228" t="s">
+        <v>429</v>
+      </c>
+      <c r="H228" t="s">
+        <v>429</v>
+      </c>
+      <c r="I228" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B229">
         <v>4372</v>
       </c>
-      <c r="C179" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B180" t="n">
+      <c r="C229" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E229" t="s">
+        <v>601</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H229" t="s">
+        <v>429</v>
+      </c>
+      <c r="I229" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B230">
         <v>1228</v>
       </c>
-      <c r="C180" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B181" t="n">
+      <c r="C230" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E230" t="s">
+        <v>195</v>
+      </c>
+      <c r="F230" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G230" t="s">
+        <v>429</v>
+      </c>
+      <c r="H230" t="s">
+        <v>429</v>
+      </c>
+      <c r="I230" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B231">
         <v>1044</v>
       </c>
-      <c r="C181" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B182" t="n">
+      <c r="C231" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E231" t="s">
+        <v>272</v>
+      </c>
+      <c r="F231" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G231" t="s">
+        <v>15</v>
+      </c>
+      <c r="H231" t="s">
+        <v>15</v>
+      </c>
+      <c r="I231" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B232">
         <v>1099</v>
       </c>
-      <c r="C182" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B183" t="n">
+      <c r="C232" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E232" t="s">
+        <v>172</v>
+      </c>
+      <c r="F232" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I232" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>386</v>
+      </c>
+      <c r="B233">
         <v>6496</v>
       </c>
-      <c r="C183" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B184" t="n">
+      <c r="C233" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E233" t="s">
+        <v>21</v>
+      </c>
+      <c r="F233" t="s">
+        <v>385</v>
+      </c>
+      <c r="G233" t="s">
+        <v>429</v>
+      </c>
+      <c r="H233" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B234">
         <v>4444</v>
       </c>
-      <c r="C184" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B185" t="n">
+      <c r="C234" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E234" t="s">
+        <v>172</v>
+      </c>
+      <c r="F234" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G234" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B235">
+        <v>1279</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E235" t="s">
+        <v>195</v>
+      </c>
+      <c r="F235" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J235" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B236">
         <v>1068</v>
       </c>
-      <c r="C185" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B186" t="n">
+      <c r="C236" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1234</v>
+      </c>
+      <c r="E236" t="s">
+        <v>442</v>
+      </c>
+      <c r="F236" t="s">
+        <v>1235</v>
+      </c>
+      <c r="G236" t="s">
+        <v>429</v>
+      </c>
+      <c r="H236" t="s">
+        <v>429</v>
+      </c>
+      <c r="I236" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B237">
+        <v>1307</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E237" t="s">
+        <v>442</v>
+      </c>
+      <c r="F237" t="s">
+        <v>1239</v>
+      </c>
+      <c r="J237" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B238">
         <v>5470</v>
       </c>
-      <c r="C186" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B187" t="n">
+      <c r="C238" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D238" t="s">
+        <v>62</v>
+      </c>
+      <c r="E238" t="s">
+        <v>172</v>
+      </c>
+      <c r="F238" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G238" t="s">
+        <v>429</v>
+      </c>
+      <c r="H238" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B239">
         <v>655</v>
       </c>
-      <c r="C187" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B188" t="n">
+      <c r="C239" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E239" t="s">
+        <v>782</v>
+      </c>
+      <c r="F239" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H239" t="s">
+        <v>15</v>
+      </c>
+      <c r="I239" t="s">
+        <v>15</v>
+      </c>
+      <c r="J239" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B240">
+        <v>1316</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E240" t="s">
+        <v>782</v>
+      </c>
+      <c r="F240" t="s">
+        <v>1250</v>
+      </c>
+      <c r="J240" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B241">
+        <v>1317</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D241" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E241" t="s">
+        <v>437</v>
+      </c>
+      <c r="F241" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J241" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B242">
         <v>583</v>
       </c>
-      <c r="C188" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B189" t="n">
+      <c r="C242" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E242" t="s">
+        <v>172</v>
+      </c>
+      <c r="F242" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G242" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>390</v>
+      </c>
+      <c r="B243">
         <v>1141</v>
       </c>
-      <c r="C189" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B190" t="n">
+      <c r="C243" t="s">
+        <v>388</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E243" t="s">
+        <v>172</v>
+      </c>
+      <c r="F243" t="s">
+        <v>389</v>
+      </c>
+      <c r="G243" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>390</v>
+      </c>
+      <c r="B244">
         <v>1504</v>
       </c>
-      <c r="C190" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B191" t="n">
+      <c r="C244" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E244" t="s">
+        <v>172</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H244" t="s">
+        <v>15</v>
+      </c>
+      <c r="I244" t="s">
+        <v>15</v>
+      </c>
+      <c r="J244" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B245">
         <v>1043</v>
       </c>
-      <c r="C191" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B192" t="n">
+      <c r="C245" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E245" t="s">
+        <v>437</v>
+      </c>
+      <c r="F245" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H245" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>394</v>
+      </c>
+      <c r="B246">
         <v>8058</v>
       </c>
-      <c r="C192" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B193" t="n">
+      <c r="C246" t="s">
+        <v>392</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E246" t="s">
+        <v>195</v>
+      </c>
+      <c r="F246" t="s">
+        <v>393</v>
+      </c>
+      <c r="G246" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B247">
+        <v>1262</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D247" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E247" t="s">
+        <v>437</v>
+      </c>
+      <c r="F247" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J247" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B248">
+        <v>1268</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E248" t="s">
+        <v>195</v>
+      </c>
+      <c r="F248" t="s">
+        <v>1275</v>
+      </c>
+      <c r="J248" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B249">
         <v>1042</v>
       </c>
-      <c r="C193" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B194" t="n">
+      <c r="C249" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E249" t="s">
+        <v>195</v>
+      </c>
+      <c r="F249" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H249" t="s">
+        <v>429</v>
+      </c>
+      <c r="I249" t="s">
+        <v>429</v>
+      </c>
+      <c r="J249" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B250">
         <v>4008</v>
       </c>
-      <c r="C194" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B195" t="n">
+      <c r="C250" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E250" t="s">
+        <v>601</v>
+      </c>
+      <c r="F250" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H250" t="s">
+        <v>429</v>
+      </c>
+      <c r="I250" t="s">
+        <v>429</v>
+      </c>
+      <c r="J250" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B251">
         <v>4357</v>
       </c>
-      <c r="C195" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B196" t="n">
+      <c r="C251" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D251" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E251" t="s">
+        <v>272</v>
+      </c>
+      <c r="F251" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H251" t="s">
+        <v>15</v>
+      </c>
+      <c r="I251" t="s">
+        <v>15</v>
+      </c>
+      <c r="J251" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B252">
         <v>2769</v>
       </c>
-      <c r="C196" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B197" t="n">
+      <c r="C252" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E252" t="s">
+        <v>159</v>
+      </c>
+      <c r="F252" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G252" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B253">
         <v>4120</v>
       </c>
-      <c r="C197" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B198" t="n">
+      <c r="C253" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E253" t="s">
+        <v>159</v>
+      </c>
+      <c r="F253" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H253" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B254">
         <v>4349</v>
       </c>
-      <c r="C198" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B199" t="n">
+      <c r="C254" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E254" t="s">
+        <v>159</v>
+      </c>
+      <c r="F254" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H254" t="s">
+        <v>429</v>
+      </c>
+      <c r="I254" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B255">
+        <v>1318</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E255" t="s">
+        <v>866</v>
+      </c>
+      <c r="F255" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J255" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B256">
         <v>622</v>
       </c>
-      <c r="C199" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B200" t="n">
+      <c r="C256" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E256" t="s">
+        <v>272</v>
+      </c>
+      <c r="F256" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H256" t="s">
+        <v>429</v>
+      </c>
+      <c r="I256" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B257">
         <v>1207</v>
       </c>
-      <c r="C200" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B201" t="n">
+      <c r="C257" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E257" t="s">
+        <v>14</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G257" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B258">
         <v>1102</v>
       </c>
-      <c r="C201" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B202" t="n">
+      <c r="C258" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E258" t="s">
+        <v>14</v>
+      </c>
+      <c r="F258" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H258" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B259">
         <v>4474</v>
       </c>
-      <c r="C202" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B203" t="n">
+      <c r="C259" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E259" t="s">
+        <v>272</v>
+      </c>
+      <c r="F259" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H259" t="s">
+        <v>429</v>
+      </c>
+      <c r="I259" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B260">
         <v>1230</v>
       </c>
-      <c r="C203" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B204" t="n">
+      <c r="C260" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E260" t="s">
+        <v>172</v>
+      </c>
+      <c r="F260" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G260" t="s">
+        <v>429</v>
+      </c>
+      <c r="H260" t="s">
+        <v>429</v>
+      </c>
+      <c r="I260" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B261">
         <v>1242</v>
       </c>
-      <c r="C204" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B205" t="n">
+      <c r="C261" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E261" t="s">
+        <v>272</v>
+      </c>
+      <c r="F261" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H261" t="s">
+        <v>429</v>
+      </c>
+      <c r="I261" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B262">
+        <v>586</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E262" t="s">
+        <v>272</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J262" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B263">
         <v>523</v>
       </c>
-      <c r="C205" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B206" t="n">
+      <c r="C263" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E263" t="s">
+        <v>172</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G263" t="s">
+        <v>429</v>
+      </c>
+      <c r="H263" t="s">
+        <v>429</v>
+      </c>
+      <c r="I263" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B264">
+        <v>1319</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E264" t="s">
+        <v>782</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J264" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B265">
+        <v>1333</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E265" t="s">
+        <v>195</v>
+      </c>
+      <c r="F265" t="s">
+        <v>1339</v>
+      </c>
+      <c r="J265" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B266">
         <v>245</v>
       </c>
-      <c r="C206" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B207" t="n">
+      <c r="C266" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F266" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H266" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B267">
+        <v>1343</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1349</v>
+      </c>
+      <c r="J267" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>398</v>
+      </c>
+      <c r="B268">
         <v>1260</v>
       </c>
-      <c r="C207" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B208" t="n">
+      <c r="C268" t="s">
+        <v>396</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E268" t="s">
+        <v>195</v>
+      </c>
+      <c r="F268" t="s">
+        <v>397</v>
+      </c>
+      <c r="G268" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>398</v>
+      </c>
+      <c r="B269">
         <v>336</v>
       </c>
-      <c r="C208" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B209" t="n">
+      <c r="C269" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E269" t="s">
+        <v>195</v>
+      </c>
+      <c r="F269" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H269" t="s">
+        <v>15</v>
+      </c>
+      <c r="I269" t="s">
+        <v>15</v>
+      </c>
+      <c r="J269" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B270">
         <v>1039</v>
       </c>
-      <c r="C209" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B210" t="n">
+      <c r="C270" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E270" t="s">
+        <v>476</v>
+      </c>
+      <c r="F270" t="s">
+        <v>1356</v>
+      </c>
+      <c r="G270" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>402</v>
+      </c>
+      <c r="B271">
         <v>1310</v>
       </c>
-      <c r="C210" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B211" t="n">
+      <c r="C271" t="s">
+        <v>400</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E271" t="s">
+        <v>195</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G271" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>402</v>
+      </c>
+      <c r="B272">
         <v>695</v>
       </c>
-      <c r="C211" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B212" t="n">
+      <c r="C272" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E272" t="s">
+        <v>195</v>
+      </c>
+      <c r="F272" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H272" t="s">
+        <v>15</v>
+      </c>
+      <c r="I272" t="s">
+        <v>15</v>
+      </c>
+      <c r="J272" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>402</v>
+      </c>
+      <c r="B273">
         <v>3081</v>
       </c>
-      <c r="C212" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B213" t="n">
+      <c r="C273" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E273" t="s">
+        <v>195</v>
+      </c>
+      <c r="F273" t="s">
+        <v>405</v>
+      </c>
+      <c r="G273" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>409</v>
+      </c>
+      <c r="B274">
         <v>9250</v>
       </c>
-      <c r="C213" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B214" t="n">
+      <c r="C274" t="s">
+        <v>414</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E274" t="s">
+        <v>21</v>
+      </c>
+      <c r="F274" t="s">
+        <v>408</v>
+      </c>
+      <c r="G274" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>409</v>
+      </c>
+      <c r="B275">
         <v>3135</v>
       </c>
-      <c r="C214" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B215" t="n">
+      <c r="C275" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E275" t="s">
+        <v>21</v>
+      </c>
+      <c r="F275" t="s">
+        <v>415</v>
+      </c>
+      <c r="G275" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B276">
+        <v>1273</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E276" t="s">
+        <v>195</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1368</v>
+      </c>
+      <c r="J276" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B277">
+        <v>1334</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E277" t="s">
+        <v>866</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J277" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B278">
         <v>9199</v>
       </c>
-      <c r="C215" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B216" t="n">
+      <c r="C278" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1375</v>
+      </c>
+      <c r="E278" t="s">
+        <v>14</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G278" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B279">
         <v>2983</v>
       </c>
-      <c r="C216" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B217" t="n">
+      <c r="C279" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E279" t="s">
+        <v>14</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1380</v>
+      </c>
+      <c r="G279" t="s">
+        <v>429</v>
+      </c>
+      <c r="H279" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B280">
+        <v>1031</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E280" t="s">
+        <v>866</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1384</v>
+      </c>
+      <c r="J280" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B281">
         <v>8064</v>
       </c>
-      <c r="C217" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B218" t="n">
+      <c r="C281" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1387</v>
+      </c>
+      <c r="E281" t="s">
+        <v>272</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H281" t="s">
+        <v>429</v>
+      </c>
+      <c r="I281" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B282">
+        <v>1294</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1390</v>
+      </c>
+      <c r="E282" t="s">
+        <v>782</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J282" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B283">
         <v>1231</v>
       </c>
-      <c r="C218" t="inlineStr">
-[...33 lines deleted...]
-      <c r="B219" t="n">
+      <c r="C283" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E283" t="s">
+        <v>159</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G283" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B284">
         <v>9110</v>
       </c>
-      <c r="C219" t="inlineStr">
-[...41 lines deleted...]
-      <c r="B220" t="n">
+      <c r="C284" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E284" t="s">
+        <v>159</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G284" t="s">
+        <v>429</v>
+      </c>
+      <c r="H284" t="s">
+        <v>429</v>
+      </c>
+      <c r="I284" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B285">
+        <v>1292</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E285" t="s">
+        <v>476</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J285" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B286">
+        <v>1288</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E286" t="s">
+        <v>437</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1407</v>
+      </c>
+      <c r="J286" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B287">
         <v>8045</v>
       </c>
-      <c r="C220" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B221" t="n">
+      <c r="C287" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E287" t="s">
+        <v>14</v>
+      </c>
+      <c r="F287" t="s">
+        <v>1411</v>
+      </c>
+      <c r="G287" t="s">
+        <v>429</v>
+      </c>
+      <c r="H287" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B288">
         <v>4059</v>
       </c>
-      <c r="C221" t="inlineStr">
-[...37 lines deleted...]
-      <c r="B222" t="n">
+      <c r="C288" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1414</v>
+      </c>
+      <c r="E288" t="s">
+        <v>272</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H288" t="s">
+        <v>429</v>
+      </c>
+      <c r="I288" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B289">
         <v>4465</v>
       </c>
-      <c r="C222" t="inlineStr">
-[...43 lines deleted...]
-        </is>
+      <c r="C289" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E289" t="s">
+        <v>172</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G289" t="s">
+        <v>429</v>
+      </c>
+      <c r="H289" t="s">
+        <v>429</v>
+      </c>
+      <c r="I289" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B290">
+        <v>1309</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E290" t="s">
+        <v>437</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J290" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A295" s="2" t="s">
+        <v>416</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFFEF00 PRIVATE</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Italian_Markets</vt:lpstr>
+      <vt:lpstr>Euronext_Markets</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-[...2 lines deleted...]
-  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>openpyxl</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_SetDate">
+    <vt:lpwstr>2026-03-20T11:57:58Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_Name">
+    <vt:lpwstr>ac0b9ce6-6e99-42a1-af95-429494370cbc</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_SiteId">
+    <vt:lpwstr>315b1ee5-c224-498b-871e-c140611d6d07</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_ActionId">
+    <vt:lpwstr>20367a93-986a-4875-94dd-f7df04e4e7e1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ac0b9ce6-6e99-42a1-af95-429494370cbc_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>