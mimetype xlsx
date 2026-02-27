--- v0 (2025-12-05)
+++ v1 (2026-02-27)
@@ -1,46 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Italian_Markets" sheetId="1" state="visible" r:id="rId1"/>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Euronext_Markets" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -138,52 +133,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -431,51 +425,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:J106"/>
+  <dimension ref="A1:J108"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="35" customWidth="1" min="1" max="1"/>
     <col width="46" customWidth="1" min="2" max="2"/>
     <col width="26" customWidth="1" min="3" max="3"/>
     <col width="26" customWidth="1" min="4" max="4"/>
     <col width="13" customWidth="1" min="5" max="5"/>
     <col width="19" customWidth="1" min="6" max="6"/>
     <col width="14" customWidth="1" min="7" max="7"/>
     <col width="25" customWidth="1" min="8" max="8"/>
     <col width="22" customWidth="1" min="9" max="9"/>
     <col width="20" customWidth="1" min="10" max="10"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>CED_CODE</t>
         </is>
       </c>
@@ -3166,341 +3160,341 @@
           <t>815600FE947DA0D03B37</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F64" t="n">
         <v>3258</v>
       </c>
       <c r="G64" t="n">
         <v>3258</v>
       </c>
       <c r="H64" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>00000317</t>
+          <t>00002187</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>FIDEURAM-INTESA SANPAOLO PRIVATE BANKING</t>
+          <t>FINECOBANK SPA</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>FIBA</t>
+          <t>BAFI</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>549300XGJX6FOWLOI640</t>
+          <t>549300L7YCATGO57ZE10</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>3296</v>
+        <v>3015</v>
       </c>
       <c r="G65" t="n">
-        <v>3296</v>
+        <v>3015</v>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="I65" t="inlineStr"/>
-      <c r="J65" t="inlineStr"/>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="J65" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>00002187</t>
+          <t>00001995</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>FINECOBANK SPA</t>
+          <t>HSBC BANK PLC</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>BAFI</t>
+          <t>HSMI</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>549300L7YCATGO57ZE10</t>
+          <t>MP6I5ZYZBEU3UXPYFY54</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>3015</v>
+        <v>3021</v>
       </c>
       <c r="G66" t="n">
-        <v>3015</v>
-[...10 lines deleted...]
-      </c>
+        <v>3021</v>
+      </c>
+      <c r="H66" t="inlineStr"/>
+      <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TC</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>00001995</t>
+          <t>00001410</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>HSBC BANK PLC</t>
+          <t>HSBC CONTINENTAL EUROPE 2ND DESK</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>HSMI</t>
+          <t>HSBE</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>MP6I5ZYZBEU3UXPYFY54</t>
+          <t>F0HUI1NY1AZMJMD8LP67</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>3021</v>
+        <v>1258</v>
       </c>
       <c r="G67" t="n">
-        <v>3021</v>
+        <v>21258</v>
       </c>
       <c r="H67" t="inlineStr"/>
-      <c r="I67" t="inlineStr"/>
-      <c r="J67" t="inlineStr">
+      <c r="I67" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
+      <c r="J67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>00001410</t>
+          <t>00003845</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>HSBC CONTINENTAL EUROPE 2ND DESK</t>
+          <t>IBL BANCA S.P.A.</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>HSBE</t>
+          <t>IBLB</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>F0HUI1NY1AZMJMD8LP67</t>
+          <t>815600848DEFE160E913</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>1258</v>
+        <v>3263</v>
       </c>
       <c r="G68" t="n">
-        <v>21258</v>
-[...6 lines deleted...]
-      </c>
+        <v>3263</v>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>00003845</t>
+          <t>00002322</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>IBL BANCA S.P.A.</t>
+          <t>ICCREA</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>IBLB</t>
+          <t>ICRE</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>815600848DEFE160E913</t>
+          <t>NNVPP80YIZGEY2314M97</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>3263</v>
+        <v>8000</v>
       </c>
       <c r="G69" t="n">
-        <v>3263</v>
+        <v>8000</v>
       </c>
       <c r="H69" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...3 lines deleted...]
-      <c r="J69" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>00002322</t>
+          <t>00005547</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>ICCREA</t>
+          <t>ILLIMITY BANK S.P.A.</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>ICRE</t>
+          <t>ILMT</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>NNVPP80YIZGEY2314M97</t>
+          <t>815600A029117B20DD63</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>8000</v>
+        <v>5547</v>
       </c>
       <c r="G70" t="n">
-        <v>8000</v>
+        <v>3395</v>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...11 lines deleted...]
-      </c>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr"/>
+      <c r="J70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>00005547</t>
+          <t>00002497</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>ILLIMITY BANK S.P.A.</t>
+          <t>ING BANK N.V.</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>ILMT</t>
+          <t>IBNV</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>815600A029117B20DD63</t>
+          <t>3TK20IVIUJ8J3ZU0QE75</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F71" t="n">
-        <v>5547</v>
+        <v>9249</v>
       </c>
       <c r="G71" t="n">
-        <v>3395</v>
-[...1 lines deleted...]
-      <c r="H71" t="inlineStr">
+        <v>91249</v>
+      </c>
+      <c r="H71" t="inlineStr"/>
+      <c r="I71" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
-      <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>00001107</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>INSTINET EUROPE LTD</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>INST</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>213800MXAKR2LA1VBM44</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
@@ -4078,770 +4072,854 @@
       <c r="F85" t="n">
         <v>8035</v>
       </c>
       <c r="G85" t="n">
         <v>38035</v>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="I85" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>00001415</t>
+          <t>00004617</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>MORGAN STANLEY &amp; CO.INTERNATIONAL PLC</t>
+          <t>MILLENNIUM EUROPE LIMITED</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>MOSL</t>
+          <t>MEUL</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>4PQUHN3JPFGFNF3BB653</t>
+          <t>213800M4PALWKTSLLI88</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F86" t="n">
-        <v>2003</v>
+        <v>9252</v>
       </c>
       <c r="G86" t="n">
-        <v>22003</v>
+        <v>91252</v>
       </c>
       <c r="H86" t="inlineStr"/>
       <c r="I86" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J86" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TC</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>00009749</t>
+          <t>00001415</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>MORGAN STANLEY EUROPE SE</t>
+          <t>MORGAN STANLEY &amp; CO.INTERNATIONAL PLC</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>MSES</t>
+          <t>MOSL</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>54930056FHWP7GIWYY08</t>
+          <t>4PQUHN3JPFGFNF3BB653</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F87" t="n">
-        <v>1145</v>
+        <v>2003</v>
       </c>
       <c r="G87" t="n">
-        <v>91145</v>
+        <v>22003</v>
       </c>
       <c r="H87" t="inlineStr"/>
       <c r="I87" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>00001758</t>
+          <t>00009749</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>NATIXIS S.A. 2ND CED</t>
+          <t>MORGAN STANLEY EUROPE SE</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>NTX2</t>
-[...2 lines deleted...]
-      <c r="D88" t="inlineStr"/>
+          <t>MSES</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>54930056FHWP7GIWYY08</t>
+        </is>
+      </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F88" t="n">
-        <v>1758</v>
+        <v>1145</v>
       </c>
       <c r="G88" t="n">
-        <v>21758</v>
+        <v>91145</v>
       </c>
       <c r="H88" t="inlineStr"/>
       <c r="I88" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
-      <c r="J88" t="inlineStr"/>
+      <c r="J88" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>00002084</t>
+          <t>00001758</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>NATWEST MARKETS PLC</t>
+          <t>NATIXIS S.A. 2ND CED</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>RBSP</t>
+          <t>NTX2</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>RR3QWICWWIPCS8A4S074</t>
+          <t>KX1WK48MPD4Y2NCUIZ63</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F89" t="n">
-        <v>1095</v>
+        <v>1758</v>
       </c>
       <c r="G89" t="n">
-        <v>21095</v>
+        <v>21758</v>
       </c>
       <c r="H89" t="inlineStr"/>
       <c r="I89" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J89" t="inlineStr"/>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>00004066</t>
+          <t>00002084</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>NOMURA FINANCIAL PRODUCTS EUROPE GMBH</t>
+          <t>NATWEST MARKETS PLC</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>NFPE</t>
+          <t>RBSP</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>5493002XYZZ0CGU6CB58</t>
+          <t>RR3QWICWWIPCS8A4S074</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F90" t="n">
-        <v>8071</v>
+        <v>1095</v>
       </c>
       <c r="G90" t="n">
-        <v>38071</v>
+        <v>21095</v>
       </c>
       <c r="H90" t="inlineStr"/>
       <c r="I90" t="inlineStr">
         <is>
-          <t>TC</t>
-[...2 lines deleted...]
-      <c r="J90" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="J90" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>00002667</t>
+          <t>00004066</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>PERSHING SECURITIES LIMITED</t>
+          <t>NOMURA FINANCIAL PRODUCTS EUROPE GMBH</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>PERS</t>
+          <t>NFPE</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>549300NC3GURN0AEZU06</t>
+          <t>5493002XYZZ0CGU6CB58</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F91" t="n">
-        <v>4241</v>
+        <v>8071</v>
       </c>
       <c r="G91" t="n">
-        <v>94241</v>
+        <v>38071</v>
       </c>
       <c r="H91" t="inlineStr"/>
       <c r="I91" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J91" t="inlineStr"/>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>00009285</t>
+          <t>00003542</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>POSTE ITALIANE SPA PATRIMONIO BANCOPOSTA</t>
+          <t>ODDO BHF SCA</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>BAPO</t>
+          <t>ODCE</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>815600358BDF1D861F78</t>
+          <t>9695002I9DJHZ3449O66</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F92" t="n">
-        <v>7601</v>
+        <v>1737</v>
       </c>
       <c r="G92" t="n">
-        <v>7601</v>
-[...1 lines deleted...]
-      <c r="H92" t="inlineStr">
+        <v>21737</v>
+      </c>
+      <c r="H92" t="inlineStr"/>
+      <c r="I92" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="I92" t="inlineStr"/>
-      <c r="J92" t="inlineStr"/>
+      <c r="J92" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>00004375</t>
+          <t>00002667</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>REPLICA SIM S.P.A.</t>
+          <t>PERSHING SECURITIES LIMITED</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>RESI</t>
+          <t>PERS</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>894500CSZXOD90FHJI07</t>
+          <t>549300NC3GURN0AEZU06</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F93" t="n">
-        <v>6496</v>
+        <v>4241</v>
       </c>
       <c r="G93" t="n">
-        <v>16496</v>
-[...5 lines deleted...]
-      </c>
+        <v>94241</v>
+      </c>
+      <c r="H93" t="inlineStr"/>
       <c r="I93" t="inlineStr">
         <is>
-          <t>TC</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="J93" t="inlineStr">
         <is>
-          <t>TC</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>00000667</t>
+          <t>00009285</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>SOCIETE GENERALE</t>
+          <t>POSTE ITALIANE SPA PATRIMONIO BANCOPOSTA</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>SOGE</t>
+          <t>BAPO</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>O2RNE8IBXP4R0TD8PU41</t>
+          <t>815600358BDF1D861F78</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F94" t="n">
-        <v>1141</v>
+        <v>7601</v>
       </c>
       <c r="G94" t="n">
-        <v>21141</v>
-[...11 lines deleted...]
-      </c>
+        <v>7601</v>
+      </c>
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I94" t="inlineStr"/>
+      <c r="J94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>00009596</t>
+          <t>00004375</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>SSW TRADING GMBH</t>
+          <t>REPLICA SIM S.P.A.</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>SSWM</t>
+          <t>RESI</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>52990022Z6AVYLH8IO31</t>
+          <t>894500CSZXOD90FHJI07</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F95" t="n">
-        <v>8058</v>
+        <v>6496</v>
       </c>
       <c r="G95" t="n">
-        <v>38058</v>
-[...1 lines deleted...]
-      <c r="H95" t="inlineStr"/>
+        <v>16496</v>
+      </c>
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
       <c r="I95" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>00000559</t>
+          <t>00000667</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>UBS EUROPE SE</t>
+          <t>SOCIETE GENERALE</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>UBSL</t>
+          <t>SOGE</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>5299007QVIQ7IO64NX37</t>
+          <t>O2RNE8IBXP4R0TD8PU41</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F96" t="n">
-        <v>1260</v>
+        <v>1141</v>
       </c>
       <c r="G96" t="n">
-        <v>21513</v>
+        <v>21141</v>
       </c>
       <c r="H96" t="inlineStr"/>
       <c r="I96" t="inlineStr">
         <is>
-          <t>TC</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="J96" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>00001352</t>
+          <t>00009596</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>UNICREDIT BANK GMBH</t>
+          <t>SSW TRADING GMBH</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>HYVB</t>
+          <t>SSWM</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>2ZCNRR8UK83OBTEK2170</t>
+          <t>52990022Z6AVYLH8IO31</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F97" t="n">
-        <v>1310</v>
+        <v>8058</v>
       </c>
       <c r="G97" t="n">
-        <v>21310</v>
+        <v>38058</v>
       </c>
       <c r="H97" t="inlineStr"/>
       <c r="I97" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J97" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>00004690</t>
+          <t>00000559</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>UNICREDIT BANK GMBH MILAN BRANCH</t>
+          <t>UBS EUROPE SE</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>BAYE</t>
+          <t>UBSL</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>2ZCNRR8UK83OBTEK2170</t>
+          <t>5299007QVIQ7IO64NX37</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F98" t="n">
-        <v>3081</v>
+        <v>1260</v>
       </c>
       <c r="G98" t="n">
-        <v>3081</v>
-[...1 lines deleted...]
-      <c r="H98" t="inlineStr">
+        <v>21513</v>
+      </c>
+      <c r="H98" t="inlineStr"/>
+      <c r="I98" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J98" t="inlineStr">
         <is>
           <t>ICM</t>
-        </is>
-[...8 lines deleted...]
-          <t>TC</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>00003975</t>
+          <t>00001352</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>UNICREDIT S.P.A. 10236</t>
+          <t>UNICREDIT BANK GMBH</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>UNID</t>
+          <t>HYVB</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>549300TRUWO2CD2G5692</t>
+          <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F99" t="n">
-        <v>9250</v>
+        <v>1310</v>
       </c>
       <c r="G99" t="n">
-        <v>91250</v>
+        <v>21310</v>
       </c>
       <c r="H99" t="inlineStr"/>
       <c r="I99" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
       <c r="J99" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>00004600</t>
+          <t>00004690</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>UNICREDIT S.P.A. 10237</t>
+          <t>UNICREDIT BANK GMBH MILAN BRANCH</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>UNIT</t>
+          <t>BAYE</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>549300TRUWO2CD2G5692</t>
+          <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F100" t="n">
-        <v>9251</v>
+        <v>3081</v>
       </c>
       <c r="G100" t="n">
-        <v>91251</v>
+        <v>3081</v>
       </c>
       <c r="H100" t="inlineStr"/>
-      <c r="I100" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
           <t>TC</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
+          <t>00003975</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>UNICREDIT S.P.A. 10236</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>UNID</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>549300TRUWO2CD2G5692</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>IT</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>9250</v>
+      </c>
+      <c r="G101" t="n">
+        <v>91250</v>
+      </c>
+      <c r="H101" t="inlineStr"/>
+      <c r="I101" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J101" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>00004600</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>UNICREDIT S.P.A. 10237</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>UNIT</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>549300TRUWO2CD2G5692</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>IT</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>9251</v>
+      </c>
+      <c r="G102" t="n">
+        <v>91251</v>
+      </c>
+      <c r="H102" t="inlineStr"/>
+      <c r="I102" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+      <c r="J102" t="inlineStr">
+        <is>
+          <t>TC</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
           <t>00001550</t>
         </is>
       </c>
-      <c r="B101" t="inlineStr">
+      <c r="B103" t="inlineStr">
         <is>
           <t>UNICREDIT SPA</t>
         </is>
       </c>
-      <c r="C101" t="inlineStr">
+      <c r="C103" t="inlineStr">
         <is>
           <t>UNIC</t>
         </is>
       </c>
-      <c r="D101" t="inlineStr">
+      <c r="D103" t="inlineStr">
         <is>
           <t>549300TRUWO2CD2G5692</t>
         </is>
       </c>
-      <c r="E101" t="inlineStr">
+      <c r="E103" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
-      <c r="F101" t="n">
+      <c r="F103" t="n">
         <v>3135</v>
       </c>
-      <c r="G101" t="n">
+      <c r="G103" t="n">
         <v>2008</v>
       </c>
-      <c r="H101" t="inlineStr">
+      <c r="H103" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="I101" t="inlineStr">
+      <c r="I103" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="J101" t="inlineStr">
+      <c r="J103" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
-    <row r="102"/>
-    <row r="103"/>
     <row r="104"/>
     <row r="105"/>
-    <row r="106">
-[...2 lines deleted...]
-          <t>List effective as of 20251103</t>
+    <row r="106"/>
+    <row r="107"/>
+    <row r="108">
+      <c r="A108" s="2" t="inlineStr">
+        <is>
+          <t>List effective as of 20260223</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I228"/>
+  <dimension ref="A1:I225"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="35" customWidth="1" min="1" max="1"/>
     <col width="19" customWidth="1" min="2" max="2"/>
     <col width="58" customWidth="1" min="3" max="3"/>
     <col width="68" customWidth="1" min="4" max="4"/>
     <col width="13" customWidth="1" min="5" max="5"/>
     <col width="19" customWidth="1" min="6" max="6"/>
     <col width="29" customWidth="1" min="7" max="7"/>
     <col width="41" customWidth="1" min="8" max="8"/>
     <col width="44" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>LEI_CODE</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -5678,5788 +5756,5792 @@
       <c r="E21" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>SLHB</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="I21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>8156009C2617D40C6616</t>
+          <t>815600E4E6DCD2D25E30</t>
         </is>
       </c>
       <c r="B22" t="n">
-        <v>3398</v>
+        <v>5034</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>BANCA SIMETICA SPA</t>
+          <t>BANCO BPM S.P.A.</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>00010124</t>
+          <t>00010082</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>BASI</t>
+          <t>BPOP</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H22" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>815600E4E6DCD2D25E30</t>
+          <t>213800UFLAA5SS55IZ10</t>
         </is>
       </c>
       <c r="B23" t="n">
-        <v>5034</v>
+        <v>1014</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>BANCO BPM S.P.A.</t>
+          <t>BANCO CARREGOSA</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>00010082</t>
+          <t>00010014</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>BPOP</t>
+          <t>BCAR</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr"/>
       <c r="I23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>213800UFLAA5SS55IZ10</t>
+          <t>JU1U6S0DG9YLT7N8ZV32</t>
         </is>
       </c>
       <c r="B24" t="n">
-        <v>1014</v>
+        <v>4125</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>BANCO CARREGOSA</t>
+          <t>BANCO COMERCIAL PORTUGUES SA</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>00010014</t>
+          <t>00004125</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>BCAR</t>
+          <t>BCPT</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H24" t="inlineStr"/>
       <c r="I24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>JU1U6S0DG9YLT7N8ZV32</t>
+          <t>213800KYUPNOQPAQL758</t>
         </is>
       </c>
       <c r="B25" t="n">
-        <v>4125</v>
+        <v>1016</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>BANCO COMERCIAL PORTUGUES SA</t>
+          <t>BANCO DE INVESTIMENTO GLOBAL (BIG)</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>00004125</t>
+          <t>00010016</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>BCPT</t>
+          <t>BBIG</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
       <c r="I25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>213800KYUPNOQPAQL758</t>
+          <t>529900GZL0HS66P9SW37</t>
         </is>
       </c>
       <c r="B26" t="n">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>BANCO DE INVESTIMENTO GLOBAL (BIG)</t>
+          <t>BANCO INVEST, S.A.</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>00010016</t>
+          <t>00010012</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>BBIG</t>
+          <t>BAIN</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H26" t="inlineStr"/>
       <c r="I26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>529900GZL0HS66P9SW37</t>
+          <t>5493006QMFDDMYWIAM13</t>
         </is>
       </c>
       <c r="B27" t="n">
-        <v>1012</v>
+        <v>4441</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>BANCO INVEST, S.A.</t>
+          <t>BANCO SANTANDER S.A.</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>00010012</t>
+          <t>00004441</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>BAIN</t>
+          <t>SANS</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr"/>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>5493006QMFDDMYWIAM13</t>
+          <t>549300URJH9VSI58CS32</t>
         </is>
       </c>
       <c r="B28" t="n">
-        <v>4441</v>
+        <v>1381</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>BANCO SANTANDER S.A.</t>
+          <t>BANCO SANTANDER TOTTA SA</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>00004441</t>
+          <t>00010006</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>SANS</t>
+          <t>SANT</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>549300URJH9VSI58CS32</t>
+          <t>549300NBLHT5Z7ZV1241</t>
         </is>
       </c>
       <c r="B29" t="n">
-        <v>1381</v>
+        <v>1217</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>BANCO SANTANDER TOTTA SA</t>
+          <t>BANK DEGROOF PETERCAM SA</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>00010006</t>
+          <t>00001207</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>SANT</t>
+          <t>DEGR</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
       <c r="I29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>549300NBLHT5Z7ZV1241</t>
+          <t>MMYX0N4ZEZ13Z4XCG897</t>
         </is>
       </c>
       <c r="B30" t="n">
-        <v>1217</v>
+        <v>4361</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>BANK DEGROOF PETERCAM SA</t>
+          <t>BANK OF NEW YORK MELLON</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>00001207</t>
+          <t>00004361,00004439,00004438</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>BE</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>DEGR</t>
+          <t>BNYM</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
       <c r="I30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>MMYX0N4ZEZ13Z4XCG897</t>
+          <t>549300L7V4MGECYRM576</t>
         </is>
       </c>
       <c r="B31" t="n">
-        <v>4361</v>
+        <v>4732</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>BANK OF NEW YORK MELLON</t>
+          <t>BANK VONTOBEL</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>00004361,00004439,00004438</t>
+          <t>00004732</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>BNYM</t>
+          <t>VONT</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
       <c r="I31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>549300L7V4MGECYRM576</t>
+          <t>529900KKJ9XOK6WO4426</t>
         </is>
       </c>
       <c r="B32" t="n">
-        <v>4732</v>
+        <v>4375</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>BANK VONTOBEL</t>
+          <t>BANK VONTOBEL EUROPE AG</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>00004732</t>
+          <t>00004375</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>VONT</t>
+          <t>VONE</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
       <c r="I32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>529900KKJ9XOK6WO4426</t>
+          <t>VWMYAEQSTOPNV0SUGU82</t>
         </is>
       </c>
       <c r="B33" t="n">
-        <v>4375</v>
+        <v>1017</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>BANK VONTOBEL EUROPE AG</t>
+          <t>BANKINTER SA</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>00004375</t>
+          <t>00010017</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>VONE</t>
+          <t>BKIN</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
       <c r="I33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>VWMYAEQSTOPNV0SUGU82</t>
+          <t>213800WAVVOPS85N2205</t>
         </is>
       </c>
       <c r="B34" t="n">
-        <v>1017</v>
+        <v>5005</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>BANKINTER SA</t>
+          <t>BANQUE DE LUXEMBOURG</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>00010017</t>
+          <t>00005005</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>LU</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>BKIN</t>
+          <t>BQLU</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
       <c r="I34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>213800WAVVOPS85N2205</t>
+          <t>R7CQUF1DQM73HUTV1078</t>
         </is>
       </c>
       <c r="B35" t="n">
-        <v>5005</v>
+        <v>5001</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>BANQUE DE LUXEMBOURG</t>
+          <t>BANQUE ET CAISSE D'EPARGNE DE L'ETAT (DU LUXEMBOURG)</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>00005005</t>
+          <t>00005001</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>LU</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>BQLU</t>
+          <t>BCEE</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H35" t="inlineStr"/>
       <c r="I35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>R7CQUF1DQM73HUTV1078</t>
+          <t>2G5BKIC2CB69PRJH1W31</t>
         </is>
       </c>
       <c r="B36" t="n">
-        <v>5001</v>
+        <v>1675</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>BANQUE ET CAISSE D'EPARGNE DE L'ETAT (DU LUXEMBOURG)</t>
+          <t>BARCLAYS BANK IRELAND PLC</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>00005001</t>
+          <t>00004417,00010168,00010169</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>LU</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>BCEE</t>
+          <t>BBIR</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
       <c r="I36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>2G5BKIC2CB69PRJH1W31</t>
         </is>
       </c>
       <c r="B37" t="n">
-        <v>1675</v>
+        <v>4417</v>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>BARCLAYS BANK IRELAND PLC</t>
+          <t>BARCLAYS BANK IRELAND PLC (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>00004417,00010168,00010169</t>
+          <t>00004417</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>BBIR</t>
-[...8 lines deleted...]
-      <c r="I37" t="inlineStr"/>
+          <t>BBID</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr"/>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>2G5BKIC2CB69PRJH1W31</t>
+          <t>G5GSEF7VJP5I7OUK5573</t>
         </is>
       </c>
       <c r="B38" t="n">
-        <v>4417</v>
+        <v>555</v>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>BARCLAYS BANK IRELAND PLC (DERIVATIVES)</t>
+          <t>BARCLAYS BANK PLC</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>00004417</t>
+          <t>00000555</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>BBID</t>
+          <t>BABA</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>G5GSEF7VJP5I7OUK5573</t>
+          <t>K8MS7FD7N5Z2WQ51AZ71</t>
         </is>
       </c>
       <c r="B39" t="n">
-        <v>555</v>
+        <v>1296</v>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>BARCLAYS BANK PLC</t>
+          <t>BBVA SA (PORTUGUESE BRANCH)</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>00000555</t>
+          <t>00000683,00010003</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>BABA</t>
-[...2 lines deleted...]
-      <c r="G39" t="inlineStr"/>
+          <t>BBV</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>K8MS7FD7N5Z2WQ51AZ71</t>
+          <t>A5GWLFH3KM7YV2SFQL84</t>
         </is>
       </c>
       <c r="B40" t="n">
-        <v>1296</v>
+        <v>1050</v>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>BBVA SA (PORTUGUESE BRANCH)</t>
+          <t>BELFIUS BANK</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>00000683,00010003</t>
+          <t>00001050</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>BBV</t>
+          <t>BELF</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>TM</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr"/>
       <c r="I40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>A5GWLFH3KM7YV2SFQL84</t>
+          <t>529900UC2OD7II24Z667</t>
         </is>
       </c>
       <c r="B41" t="n">
-        <v>1050</v>
+        <v>1664</v>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>BELFIUS BANK</t>
+          <t>BERENBERG BANK</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>00001050</t>
+          <t>00004714,00010162</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>BELF</t>
+          <t>BERE</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
       <c r="I41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>529900UC2OD7II24Z667</t>
+          <t>815600522538355AE429</t>
         </is>
       </c>
       <c r="B42" t="n">
-        <v>1664</v>
+        <v>5000</v>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>BERENBERG BANK</t>
+          <t>BFF BANK S.P.A.</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>00004714,00010162</t>
+          <t>00010152</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>BERE</t>
+          <t>ICBP</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H42" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>815600522538355AE429</t>
+          <t>ZWNFQ48RUL8VJZ2AIC12</t>
         </is>
       </c>
       <c r="B43" t="n">
-        <v>5000</v>
+        <v>4152</v>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>BFF BANK S.P.A.</t>
+          <t>BGC BROKERS</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>00010152</t>
+          <t>00004152</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>ICBP</t>
-[...6 lines deleted...]
-      </c>
+          <t>BGCB</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...2 lines deleted...]
-      <c r="I43" t="inlineStr"/>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>ZWNFQ48RUL8VJZ2AIC12</t>
+          <t>5493008H47ZU6692QQ89</t>
         </is>
       </c>
       <c r="B44" t="n">
-        <v>4152</v>
+        <v>1023</v>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t>BGC BROKERS</t>
+          <t>BLACKBIRD AM</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>00004152</t>
+          <t>00010239</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>BGCB</t>
+          <t>BLBI</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
-      <c r="H44" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H44" t="inlineStr"/>
       <c r="I44" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>5493008H47ZU6692QQ89</t>
+          <t>R0MUWSFPU8MPRO8K5P83</t>
         </is>
       </c>
       <c r="B45" t="n">
-        <v>1023</v>
+        <v>38</v>
       </c>
       <c r="C45" t="inlineStr">
         <is>
-          <t>BLACKBIRD AM</t>
+          <t>BNP PARIBAS - ICM</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>00010239</t>
+          <t>00000038</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>BLBI</t>
-[...2 lines deleted...]
-      <c r="G45" t="inlineStr"/>
+          <t>BNPP</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H45" t="inlineStr"/>
-      <c r="I45" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>R0MUWSFPU8MPRO8K5P83</t>
+          <t>724500GGG02XVB97E680</t>
         </is>
       </c>
       <c r="B46" t="n">
-        <v>38</v>
+        <v>4084</v>
       </c>
       <c r="C46" t="inlineStr">
         <is>
-          <t>BNP PARIBAS - ICM</t>
+          <t>BNP PARIBAS AM FRANCE (NETHERLANDS BRANCH)</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>00000038</t>
+          <t>00004084</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>BNPP</t>
+          <t>BNAM</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
       <c r="I46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>724500GGG02XVB97E680</t>
+          <t>6EWKU0FGVX5QQJHFGT48</t>
         </is>
       </c>
       <c r="B47" t="n">
-        <v>4084</v>
+        <v>2054</v>
       </c>
       <c r="C47" t="inlineStr">
         <is>
-          <t>BNP PARIBAS AM FRANCE (NETHERLANDS BRANCH)</t>
+          <t>BNP PARIBAS FINANCIAL MARKETS</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>00004084</t>
+          <t>00000541,00010192,00029546</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>BNAM</t>
+          <t>ARBI</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr"/>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>6EWKU0FGVX5QQJHFGT48</t>
+          <t>KGCEPHLVVKVRZYO1T647</t>
         </is>
       </c>
       <c r="B48" t="n">
-        <v>2054</v>
+        <v>4181</v>
       </c>
       <c r="C48" t="inlineStr">
         <is>
-          <t>BNP PARIBAS FINANCIAL MARKETS</t>
+          <t>BNP PARIBAS FORTIS</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>00000541,00010192,00029546</t>
+          <t>00004181</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>ARBI</t>
+          <t>BNPF</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H48" t="inlineStr"/>
       <c r="I48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>KGCEPHLVVKVRZYO1T647</t>
+          <t>R0MUWSFPU8MPRO8K5P83</t>
         </is>
       </c>
       <c r="B49" t="n">
-        <v>4181</v>
+        <v>3479</v>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>BNP PARIBAS FORTIS</t>
+          <t>BNP PARIBAS SA</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>00004181</t>
+          <t>00000030</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>BNPF</t>
+          <t>BNPA</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>TM</t>
-[...3 lines deleted...]
-      <c r="I49" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>R0MUWSFPU8MPRO8K5P83</t>
         </is>
       </c>
       <c r="B50" t="n">
-        <v>3479</v>
+        <v>4267</v>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>BNP PARIBAS SA</t>
+          <t>BNP PARIBAS SA - LONDON BRANCH</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>00000030</t>
+          <t>00004267</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>BNPA</t>
-[...11 lines deleted...]
-      </c>
+          <t>BNPC</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr"/>
+      <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>R0MUWSFPU8MPRO8K5P83</t>
+          <t>549300FH0WJAPEHTIQ77</t>
         </is>
       </c>
       <c r="B51" t="n">
-        <v>4267</v>
+        <v>8069</v>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>BNP PARIBAS SA - LONDON BRANCH</t>
+          <t>BOFA SECURITIES EUROPE SA</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>00004267</t>
+          <t>00004409</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>BNPC</t>
-[...3 lines deleted...]
-      <c r="H51" t="inlineStr"/>
+          <t>BOSE</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I51" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>549300FH0WJAPEHTIQ77</t>
+          <t>969500GFIL2Z81YKUM35</t>
         </is>
       </c>
       <c r="B52" t="n">
-        <v>8069</v>
+        <v>508</v>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>BOFA SECURITIES EUROPE SA</t>
+          <t>BOURSE DIRECT</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>00004409</t>
+          <t>00000508</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>BOSE</t>
+          <t>BODI</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>969500GFIL2Z81YKUM35</t>
+          <t>N747OI7JINV7RUUH6190</t>
         </is>
       </c>
       <c r="B53" t="n">
-        <v>508</v>
+        <v>5387</v>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>BOURSE DIRECT</t>
+          <t>BPER BANCA SPA</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>00000508</t>
+          <t>00010127</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>BODI</t>
+          <t>POEM</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H53" t="inlineStr"/>
       <c r="I53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>N747OI7JINV7RUUH6190</t>
+          <t>NICH5Q04ADUV9SN3Q390</t>
         </is>
       </c>
       <c r="B54" t="n">
-        <v>5387</v>
+        <v>1970</v>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>BPER BANCA SPA</t>
+          <t>BRED BANQUE POPULAIRE</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>00010127</t>
+          <t>00000197,00000689</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>POEM</t>
+          <t>BRED</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>NICH5Q04ADUV9SN3Q390</t>
+          <t>96950023SCR9X9F3L662</t>
         </is>
       </c>
       <c r="B55" t="n">
-        <v>1970</v>
+        <v>22</v>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>BRED BANQUE POPULAIRE</t>
+          <t>CACEIS BANK (FRANCE)</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>00000197,00000689</t>
+          <t>00000022</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>BRED</t>
+          <t>CAES</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H55" t="inlineStr"/>
-      <c r="I55" t="inlineStr"/>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>GCM,ICM</t>
+        </is>
+      </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>96950023SCR9X9F3L662</t>
         </is>
       </c>
       <c r="B56" t="n">
-        <v>22</v>
+        <v>9125</v>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>CACEIS BANK (FRANCE)</t>
-[...6 lines deleted...]
-      </c>
+          <t>CACEIS BANK (GERMANY BRANCH)</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr"/>
       <c r="E56" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>CAES</t>
+          <t>CADE</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>TM</t>
-[...3 lines deleted...]
-        <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="I56" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H56" t="inlineStr"/>
+      <c r="I56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>96950023SCR9X9F3L662</t>
         </is>
       </c>
       <c r="B57" t="n">
-        <v>9125</v>
+        <v>1079</v>
       </c>
       <c r="C57" t="inlineStr">
         <is>
-          <t>CACEIS BANK (GERMANY BRANCH)</t>
-[...2 lines deleted...]
-      <c r="D57" t="inlineStr"/>
+          <t>CACEIS NETHERLAND FUND AGENT</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>00010079</t>
+        </is>
+      </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>CADE</t>
+          <t>CAFA</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
       <c r="I57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>96950023SCR9X9F3L662</t>
+          <t>549300KAXHDD341NRL28</t>
         </is>
       </c>
       <c r="B58" t="n">
-        <v>1079</v>
+        <v>1007</v>
       </c>
       <c r="C58" t="inlineStr">
         <is>
-          <t>CACEIS NETHERLAND FUND AGENT</t>
+          <t>CAIXA BI</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>00010079</t>
+          <t>00010007</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>CAFA</t>
+          <t>CABI</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>549300KAXHDD341NRL28</t>
+          <t>2138004FIUXU3B2MR537</t>
         </is>
       </c>
       <c r="B59" t="n">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="C59" t="inlineStr">
         <is>
-          <t>CAIXA BI</t>
+          <t>CAIXA ECONOMICA MONTEPIO GERAL</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>00010007</t>
+          <t>00010015</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>CABI</t>
+          <t>MPIO</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>2138004FIUXU3B2MR537</t>
+          <t>TO822O0VT80V06K0FH57</t>
         </is>
       </c>
       <c r="B60" t="n">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="C60" t="inlineStr">
         <is>
-          <t>CAIXA ECONOMICA MONTEPIO GERAL</t>
+          <t>CAIXA GERAL DE DEPOSITOS</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>00010015</t>
+          <t>00010007</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>PT</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>MPIO</t>
+          <t>CGDE</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
       <c r="I60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>TO822O0VT80V06K0FH57</t>
+          <t>7CUNS533WID6K7DGFI87</t>
         </is>
       </c>
       <c r="B61" t="n">
-        <v>1024</v>
+        <v>4089</v>
       </c>
       <c r="C61" t="inlineStr">
         <is>
-          <t>CAIXA GERAL DE DEPOSITOS</t>
+          <t>CAIXABANK SA</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>00010007</t>
+          <t>00004089</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>CGDE</t>
+          <t>CAIX</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
       <c r="I61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>7CUNS533WID6K7DGFI87</t>
+          <t>549300KM6VUHPKQLQX53</t>
         </is>
       </c>
       <c r="B62" t="n">
-        <v>4089</v>
+        <v>685</v>
       </c>
       <c r="C62" t="inlineStr">
         <is>
-          <t>CAIXABANK SA</t>
+          <t>CANTOR FITZGERALD EUROPE</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>00004089</t>
+          <t>00000685</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>CAIX</t>
-[...7 lines deleted...]
-      <c r="H62" t="inlineStr"/>
+          <t>CAFI</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr"/>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>549300KM6VUHPKQLQX53</t>
+          <t>635400N5XVNTLTWTUK34</t>
         </is>
       </c>
       <c r="B63" t="n">
-        <v>685</v>
+        <v>4420</v>
       </c>
       <c r="C63" t="inlineStr">
         <is>
-          <t>CANTOR FITZGERALD EUROPE</t>
+          <t>CANTOR FITZGERALD IRELAND LIMITED</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>00000685</t>
+          <t>00004420</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>CAFI</t>
-[...7 lines deleted...]
-      </c>
+          <t>CFIL</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr"/>
       <c r="I63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>635400N5XVNTLTWTUK34</t>
+          <t>213800KVUP3NVXN7U960</t>
         </is>
       </c>
       <c r="B64" t="n">
-        <v>4420</v>
+        <v>4305</v>
       </c>
       <c r="C64" t="inlineStr">
         <is>
-          <t>CANTOR FITZGERALD IRELAND LIMITED</t>
+          <t>CAPITAL MARKETS TRADING UK LLP</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>00004420</t>
+          <t>00004305</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>CFIL</t>
+          <t>CAPM</t>
         </is>
       </c>
       <c r="G64" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H64" t="inlineStr"/>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>213800KVUP3NVXN7U960</t>
+          <t>7245007XP5HEJP4VT767</t>
         </is>
       </c>
       <c r="B65" t="n">
-        <v>4305</v>
+        <v>2839</v>
       </c>
       <c r="C65" t="inlineStr">
         <is>
-          <t>CAPITAL MARKETS TRADING UK LLP</t>
+          <t>CENTERCROSS BV</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>00004305</t>
+          <t>00028390</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>CAPM</t>
+          <t>CENT</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>7245007XP5HEJP4VT767</t>
+          <t>815600A451B54F577118</t>
         </is>
       </c>
       <c r="B66" t="n">
-        <v>2839</v>
+        <v>6392</v>
       </c>
       <c r="C66" t="inlineStr">
         <is>
-          <t>CENTERCROSS BV</t>
+          <t>CFO SIM S.P.A.</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>00028390</t>
+          <t>00010128</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>CENT</t>
+          <t>CFO</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H66" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H66" t="inlineStr"/>
       <c r="I66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>815600A451B54F577118</t>
+          <t>549300WTVI4KO4GEJN54</t>
         </is>
       </c>
       <c r="B67" t="n">
-        <v>6392</v>
+        <v>2899</v>
       </c>
       <c r="C67" t="inlineStr">
         <is>
-          <t>CFO SIM S.P.A.</t>
+          <t>CITADEL SECURITIES (EUROPE)</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>00010128</t>
+          <t>00004071</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>CFO</t>
+          <t>CTDL</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H67" t="inlineStr"/>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>549300WTVI4KO4GEJN54</t>
+          <t>549300J11TNGTWCC3R56</t>
         </is>
       </c>
       <c r="B68" t="n">
-        <v>2899</v>
+        <v>1182</v>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>CITADEL SECURITIES (EUROPE)</t>
+          <t>CITADEL SECURITIES GCS (IRELAND)</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>00004071</t>
+          <t>00004445</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>CTDL</t>
+          <t>CSLI</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>549300J11TNGTWCC3R56</t>
+          <t>N1FBEDJ5J41VKZLO2475</t>
         </is>
       </c>
       <c r="B69" t="n">
-        <v>1182</v>
+        <v>1082</v>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>CITADEL SECURITIES GCS (IRELAND)</t>
-[...6 lines deleted...]
-      </c>
+          <t>CITIBANK EUROPE PLC</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr"/>
       <c r="E69" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>CSLI</t>
+          <t>CINT</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>TM</t>
-[...6 lines deleted...]
-      </c>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>N1FBEDJ5J41VKZLO2475</t>
+          <t>6TJCK1B7E7UTXP528Y04</t>
         </is>
       </c>
       <c r="B70" t="n">
-        <v>1082</v>
+        <v>1322</v>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>CITIBANK EUROPE PLC</t>
-[...2 lines deleted...]
-      <c r="D70" t="inlineStr"/>
+          <t>CITIGROUP GLOBAL MARKETS DEUTSCHLAND</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>00000489</t>
+        </is>
+      </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>CINT</t>
+          <t>CTAG</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>6TJCK1B7E7UTXP528Y04</t>
         </is>
       </c>
       <c r="B71" t="n">
-        <v>1322</v>
+        <v>1147</v>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS DEUTSCHLAND</t>
+          <t>CITIGROUP GLOBAL MARKETS EUROPE</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>00000489</t>
+          <t>00004436</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>CTAG</t>
+          <t>CGMA</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>6TJCK1B7E7UTXP528Y04</t>
         </is>
       </c>
       <c r="B72" t="n">
-        <v>1147</v>
+        <v>489</v>
       </c>
       <c r="C72" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS EUROPE</t>
+          <t>CITIGROUP GLOBAL MARKETS EUROPE (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>00004436</t>
+          <t>00000489</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>CGMA</t>
-[...8 lines deleted...]
-      <c r="I72" t="inlineStr"/>
+          <t>CGME</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr"/>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>6TJCK1B7E7UTXP528Y04</t>
+          <t>XKZZ2JZF41MRHTR1V493</t>
         </is>
       </c>
       <c r="B73" t="n">
-        <v>489</v>
+        <v>2133</v>
       </c>
       <c r="C73" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS EUROPE (DERIVATIVES)</t>
+          <t>CITIGROUP GLOBAL MARKETS LIMITED</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>00000489</t>
+          <t>00000501</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>CGME</t>
-[...12 lines deleted...]
-      </c>
+          <t>CGGM</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr"/>
+      <c r="I73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>XKZZ2JZF41MRHTR1V493</t>
+          <t>DG3RU1DBUFHT4ZF9WN62</t>
         </is>
       </c>
       <c r="B74" t="n">
-        <v>2133</v>
+        <v>2932</v>
       </c>
       <c r="C74" t="inlineStr">
         <is>
-          <t>CITIGROUP GLOBAL MARKETS LIMITED</t>
+          <t>COOPERATIEVE RABOBANK U.A.</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>00000501</t>
+          <t>00029332,00029199</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>CGGM</t>
+          <t>RABO</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H74" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="I74" t="inlineStr"/>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>DG3RU1DBUFHT4ZF9WN62</t>
+          <t>1VUV7VQFKUOQSJ21A208</t>
         </is>
       </c>
       <c r="B75" t="n">
-        <v>2932</v>
+        <v>1085</v>
       </c>
       <c r="C75" t="inlineStr">
         <is>
-          <t>COOPERATIEVE RABOBANK U.A.</t>
+          <t>CREDIT AGRICOLE CORPORATE AND INVESTMENT BANK</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>00029332,00029199</t>
+          <t>00000435,00010198</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>RABO</t>
+          <t>CACI</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I75" t="inlineStr"/>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>1VUV7VQFKUOQSJ21A208</t>
+          <t>N4JDFKKH2FTD8RKFXO39</t>
         </is>
       </c>
       <c r="B76" t="n">
-        <v>1085</v>
+        <v>518</v>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>CREDIT AGRICOLE CORPORATE AND INVESTMENT BANK</t>
+          <t>CREDIT INDUSTRIEL ET COMMERCIAL</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>00000435,00010198</t>
+          <t>00000518</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>CACI</t>
+          <t>CIC</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>N4JDFKKH2FTD8RKFXO39</t>
+          <t>8156004B244AA70DE787</t>
         </is>
       </c>
       <c r="B77" t="n">
-        <v>518</v>
+        <v>3032</v>
       </c>
       <c r="C77" t="inlineStr">
         <is>
-          <t>CREDIT INDUSTRIEL ET COMMERCIAL</t>
+          <t>CREDITO EMILIANO SPA</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>00000518</t>
+          <t>00010129</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>CIC</t>
+          <t>EMIL</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="H77" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>8156004B244AA70DE787</t>
+          <t>0W2PZJM8XOY22M4GG883</t>
         </is>
       </c>
       <c r="B78" t="n">
-        <v>3032</v>
+        <v>1004</v>
       </c>
       <c r="C78" t="inlineStr">
         <is>
-          <t>CREDITO EMILIANO SPA</t>
+          <t>DEKABANK DEUTSCHE GIROZENTRALE</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>00010129</t>
+          <t>00004245</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>EMIL</t>
+          <t>DEKA</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>0W2PZJM8XOY22M4GG883</t>
+          <t>7LTWFZYICNSX8D621K86</t>
         </is>
       </c>
       <c r="B79" t="n">
-        <v>1004</v>
+        <v>4460</v>
       </c>
       <c r="C79" t="inlineStr">
         <is>
-          <t>DEKABANK DEUTSCHE GIROZENTRALE</t>
+          <t>DEUTSCHE BANK AG</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>00004245</t>
+          <t>00004460</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>DEKA</t>
+          <t>DBAG</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
           <t>7LTWFZYICNSX8D621K86</t>
         </is>
       </c>
       <c r="B80" t="n">
-        <v>4460</v>
+        <v>1211</v>
       </c>
       <c r="C80" t="inlineStr">
         <is>
-          <t>DEUTSCHE BANK AG</t>
-[...6 lines deleted...]
-      </c>
+          <t>DEUTSCHE BANK AG (AMSTERDAM BRANCH)</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr"/>
       <c r="E80" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>DBAG</t>
+          <t>DBAM</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
           <t>7LTWFZYICNSX8D621K86</t>
         </is>
       </c>
       <c r="B81" t="n">
-        <v>1211</v>
+        <v>1054</v>
       </c>
       <c r="C81" t="inlineStr">
         <is>
-          <t>DEUTSCHE BANK AG (AMSTERDAM BRANCH)</t>
-[...2 lines deleted...]
-      <c r="D81" t="inlineStr"/>
+          <t>DEUTSCHE BANK AG (DERIVATIVES)</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>00000699</t>
+        </is>
+      </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>DBAM</t>
-[...2 lines deleted...]
-      <c r="G81" t="inlineStr">
+          <t>DBUK</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr"/>
+      <c r="H81" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H81" t="inlineStr"/>
-      <c r="I81" t="inlineStr"/>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>7LTWFZYICNSX8D621K86</t>
+          <t>815600A4DA95C74BB576</t>
         </is>
       </c>
       <c r="B82" t="n">
-        <v>1054</v>
+        <v>6326</v>
       </c>
       <c r="C82" t="inlineStr">
         <is>
-          <t>DEUTSCHE BANK AG (DERIVATIVES)</t>
+          <t>DIRECTA SIM</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>00000699</t>
+          <t>00010131</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>DBUK</t>
-[...2 lines deleted...]
-      <c r="G82" t="inlineStr"/>
+          <t>DIRE</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H82" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr"/>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>815600A4DA95C74BB576</t>
+          <t>549300GKFG0RYRRQ1414</t>
         </is>
       </c>
       <c r="B83" t="n">
-        <v>6326</v>
+        <v>1005</v>
       </c>
       <c r="C83" t="inlineStr">
         <is>
-          <t>DIRECTA SIM</t>
+          <t>DNB MARKETS</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>00010131</t>
+          <t>00010050</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>DIRE</t>
-[...2 lines deleted...]
-      <c r="G83" t="inlineStr">
+          <t>DNBM</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr"/>
+      <c r="H83" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
-      <c r="H83" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I83" t="inlineStr"/>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>549300GKFG0RYRRQ1414</t>
+          <t>5493005Q760M4WJ8ZP07</t>
         </is>
       </c>
       <c r="B84" t="n">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="C84" t="inlineStr">
         <is>
-          <t>DNB MARKETS</t>
+          <t>DRW EUROPE B.V.</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>00010050</t>
+          <t>00010110,00004448,00010105</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>DNBM</t>
-[...2 lines deleted...]
-      <c r="G84" t="inlineStr"/>
+          <t>DRWE</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr"/>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>5493005Q760M4WJ8ZP07</t>
+          <t>549300YBTKT1BZDUG027</t>
         </is>
       </c>
       <c r="B85" t="n">
-        <v>1010</v>
+        <v>4449</v>
       </c>
       <c r="C85" t="inlineStr">
         <is>
-          <t>DRW EUROPE B.V.</t>
+          <t>DRW EUROPE DERIVATIVES B.V.</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>00010110,00004448,00010105</t>
+          <t>00004449</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>DRWE</t>
-[...6 lines deleted...]
-      </c>
+          <t>DRWD</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I85" t="inlineStr"/>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>549300YBTKT1BZDUG027</t>
+          <t>549300JVXT0U42UPXE36</t>
         </is>
       </c>
       <c r="B86" t="n">
-        <v>4449</v>
+        <v>4381</v>
       </c>
       <c r="C86" t="inlineStr">
         <is>
-          <t>DRW EUROPE DERIVATIVES B.V.</t>
+          <t>DRW GLOBAL MKTS LTD</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>00004449</t>
+          <t>00010075,00004381</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>DRWD</t>
-[...2 lines deleted...]
-      <c r="G86" t="inlineStr"/>
+          <t>DRWG</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I86" t="inlineStr"/>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>549300YBTKT1BZDUG027</t>
+          <t>ZSK5S5FM60ONOHQC8V45</t>
         </is>
       </c>
       <c r="B87" t="n">
-        <v>1112</v>
+        <v>736</v>
       </c>
       <c r="C87" t="inlineStr">
         <is>
-          <t>DRW EUROPE DERIVATIVES B.V.</t>
+          <t>DRW INVESTMENTS UK LIMITED</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>00010112</t>
+          <t>00000736</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>DRWD</t>
+          <t>DRWI</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I87" t="inlineStr"/>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>549300JVXT0U42UPXE36</t>
+          <t>549300CSQ23LTJFDT883</t>
         </is>
       </c>
       <c r="B88" t="n">
-        <v>4381</v>
+        <v>4331</v>
       </c>
       <c r="C88" t="inlineStr">
         <is>
-          <t>DRW GLOBAL MKTS LTD</t>
+          <t>DV TRADING LLC</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>00010075,00004381</t>
+          <t>00004331</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>DRWG</t>
-[...6 lines deleted...]
-      </c>
+          <t>DVTR</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I88" t="inlineStr"/>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>ZSK5S5FM60ONOHQC8V45</t>
+          <t>549300CSQ23LTJFDT883</t>
         </is>
       </c>
       <c r="B89" t="n">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="C89" t="inlineStr">
         <is>
-          <t>DRW INVESTMENTS UK LIMITED</t>
+          <t>DV TRADING LLC (2ND CODE)</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>00000736</t>
+          <t>00000729</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>DRWI</t>
+          <t>TRLI</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I89" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>549300CSQ23LTJFDT883</t>
+          <t>815600E3E9BFBC8FAA85</t>
         </is>
       </c>
       <c r="B90" t="n">
-        <v>4331</v>
+        <v>6040</v>
       </c>
       <c r="C90" t="inlineStr">
         <is>
-          <t>DV TRADING LLC</t>
+          <t>EQUITA SIM</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>00004331</t>
+          <t>00010133</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>DVTR</t>
-[...2 lines deleted...]
-      <c r="G90" t="inlineStr"/>
+          <t>EURO</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H90" t="inlineStr">
         <is>
-          <t>TM</t>
-[...6 lines deleted...]
-      </c>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I90" t="inlineStr"/>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>815600E3E9BFBC8FAA85</t>
+          <t>529900EVJZJ9AEQNVL04</t>
         </is>
       </c>
       <c r="B91" t="n">
-        <v>6040</v>
+        <v>1072</v>
       </c>
       <c r="C91" t="inlineStr">
         <is>
-          <t>EQUITA SIM</t>
+          <t>EZPADA AG</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>00010133</t>
+          <t>00010072</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>EURO</t>
-[...12 lines deleted...]
-      <c r="I91" t="inlineStr"/>
+          <t>EZPA</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr"/>
+      <c r="H91" t="inlineStr"/>
+      <c r="I91" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>529900EVJZJ9AEQNVL04</t>
+          <t>969500CFQ6Y55ZPREL74</t>
         </is>
       </c>
       <c r="B92" t="n">
-        <v>1072</v>
+        <v>509</v>
       </c>
       <c r="C92" t="inlineStr">
         <is>
-          <t>EZPADA AG</t>
+          <t>FINANCIERE D'UZES</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>00010072</t>
+          <t>00000509</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>EZPA</t>
-[...2 lines deleted...]
-      <c r="G92" t="inlineStr"/>
+          <t>FIUZ</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H92" t="inlineStr"/>
-      <c r="I92" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I92" t="inlineStr"/>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>969500CFQ6Y55ZPREL74</t>
+          <t>549300L7YCATGO57ZE10</t>
         </is>
       </c>
       <c r="B93" t="n">
-        <v>509</v>
+        <v>3015</v>
       </c>
       <c r="C93" t="inlineStr">
         <is>
-          <t>FINANCIERE D'UZES</t>
+          <t>FINECOBANK</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>00000509</t>
+          <t>00000676</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>FIUZ</t>
+          <t>BAFI</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="H93" t="inlineStr"/>
+          <t>GCM,TM</t>
+        </is>
+      </c>
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="I93" t="inlineStr"/>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>549300L7YCATGO57ZE10</t>
+          <t>529900GVB4E3JTDFHA88</t>
         </is>
       </c>
       <c r="B94" t="n">
-        <v>3015</v>
+        <v>9197</v>
       </c>
       <c r="C94" t="inlineStr">
         <is>
-          <t>FINECOBANK</t>
+          <t>FINOVESTA GMBH</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>00000676</t>
+          <t>00004296</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>BAFI</t>
+          <t>FINO</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
-          <t>GCM,TM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I94" t="inlineStr"/>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>529900GVB4E3JTDFHA88</t>
+          <t>529900MKYC1FZ83V3121</t>
         </is>
       </c>
       <c r="B95" t="n">
-        <v>9197</v>
+        <v>9243</v>
       </c>
       <c r="C95" t="inlineStr">
         <is>
-          <t>FINOVESTA GMBH</t>
+          <t>FLATEXDEGIRO BANK AG</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>00004296</t>
+          <t>00004316</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>FINO</t>
+          <t>FLAR</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I95" t="inlineStr"/>
+      <c r="I95" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>529900MKYC1FZ83V3121</t>
+          <t>7245000Q4DDLWDSE0Q38</t>
         </is>
       </c>
       <c r="B96" t="n">
-        <v>9243</v>
+        <v>2946</v>
       </c>
       <c r="C96" t="inlineStr">
         <is>
-          <t>FLATEXDEGIRO BANK AG</t>
+          <t>FLORINT B.V.</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>00004316</t>
+          <t>00029467</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>FLAR</t>
+          <t>FLOR</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H96" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="H96" t="inlineStr"/>
+      <c r="I96" t="inlineStr"/>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>7245000Q4DDLWDSE0Q38</t>
+          <t>549300CLJI9XDH12XV51</t>
         </is>
       </c>
       <c r="B97" t="n">
-        <v>2946</v>
+        <v>4770</v>
       </c>
       <c r="C97" t="inlineStr">
         <is>
-          <t>FLORINT B.V.</t>
+          <t>FLOW TRADERS B.V.</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>00029467</t>
+          <t>00004770,00028036,00004700</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
-          <t>FLOR</t>
+          <t>FLOW</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H97" t="inlineStr"/>
-      <c r="I97" t="inlineStr"/>
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I97" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>549300CLJI9XDH12XV51</t>
+          <t>549300K64LZQW7R9ST34</t>
         </is>
       </c>
       <c r="B98" t="n">
-        <v>4770</v>
+        <v>1089</v>
       </c>
       <c r="C98" t="inlineStr">
         <is>
-          <t>FLOW TRADERS B.V.</t>
+          <t>FLOW TRADERS U.S. LLC - DERIVATIVES</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>00004770,00028036,00004700</t>
+          <t>00010089</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
-          <t>FLOW</t>
-[...6 lines deleted...]
-      </c>
+          <t>FLOT</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I98" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
           <t>549300K64LZQW7R9ST34</t>
         </is>
       </c>
       <c r="B99" t="n">
-        <v>1089</v>
+        <v>4322</v>
       </c>
       <c r="C99" t="inlineStr">
         <is>
-          <t>FLOW TRADERS U.S. LLC - DERIVATIVES</t>
+          <t>FLOW TRADERS US LLC - DERIVATIVES 2</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>00010089</t>
+          <t>00004322</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>US</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>FLOT</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I99" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>549300K64LZQW7R9ST34</t>
+          <t>549300P2OO0GKTSE4509</t>
         </is>
       </c>
       <c r="B100" t="n">
-        <v>4322</v>
+        <v>734</v>
       </c>
       <c r="C100" t="inlineStr">
         <is>
-          <t>FLOW TRADERS US LLC - DERIVATIVES 2</t>
+          <t>GELBER COOPERATIEF</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>00004322</t>
+          <t>00000734</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
-          <t>FLOT</t>
+          <t>GELB</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I100" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>549300P2OO0GKTSE4509</t>
+          <t>6354008ZEX1XBUOEUY66</t>
         </is>
       </c>
       <c r="B101" t="n">
-        <v>734</v>
+        <v>4404</v>
       </c>
       <c r="C101" t="inlineStr">
         <is>
-          <t>GELBER COOPERATIEF</t>
+          <t>GENEVA IRELAND FINANCIAL TRADING</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>00000734</t>
+          <t>00004404</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
-          <t>GELB</t>
+          <t>GIFT</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I101" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>6354008ZEX1XBUOEUY66</t>
+          <t>GUNTJCA81C7IHNBGI392</t>
         </is>
       </c>
       <c r="B102" t="n">
-        <v>4404</v>
+        <v>4057</v>
       </c>
       <c r="C102" t="inlineStr">
         <is>
-          <t>GENEVA IRELAND FINANCIAL TRADING</t>
+          <t>GFI SECURITIES</t>
         </is>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>00004404</t>
+          <t>00004057</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
-          <t>GIFT</t>
+          <t>GFIS</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I102" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>GUNTJCA81C7IHNBGI392</t>
+          <t>213800PT7RA4T829Q205</t>
         </is>
       </c>
       <c r="B103" t="n">
-        <v>4057</v>
+        <v>8044</v>
       </c>
       <c r="C103" t="inlineStr">
         <is>
-          <t>GFI SECURITIES</t>
+          <t>GOLDENBERG HEHMEYER LLP</t>
         </is>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>00004057</t>
+          <t>00004751</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
-          <t>GFIS</t>
-[...12 lines deleted...]
-      </c>
+          <t>GOLD</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H103" t="inlineStr"/>
+      <c r="I103" t="inlineStr"/>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>213800PT7RA4T829Q205</t>
+          <t>8IBZUGJ7JPLH368JE346</t>
         </is>
       </c>
       <c r="B104" t="n">
-        <v>8044</v>
+        <v>1239</v>
       </c>
       <c r="C104" t="inlineStr">
         <is>
-          <t>GOLDENBERG HEHMEYER LLP</t>
+          <t>GOLDMAN SACHS BANK EUROPE SE</t>
         </is>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>00004751</t>
+          <t>00004426</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
-          <t>GOLD</t>
+          <t>GSAG</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>TM</t>
-[...3 lines deleted...]
-      <c r="I104" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>8IBZUGJ7JPLH368JE346</t>
+          <t>W22LROWP2IHZNBB6K528</t>
         </is>
       </c>
       <c r="B105" t="n">
-        <v>1239</v>
+        <v>2125</v>
       </c>
       <c r="C105" t="inlineStr">
         <is>
-          <t>GOLDMAN SACHS BANK EUROPE SE</t>
+          <t>GOLDMAN SACHS INTERNATIONAL</t>
         </is>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>00004426</t>
+          <t>00000648</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
-          <t>GSAG</t>
-[...2 lines deleted...]
-      <c r="G105" t="inlineStr">
+          <t>GOSA</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr"/>
+      <c r="H105" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="H105" t="inlineStr">
+      <c r="I105" t="inlineStr">
         <is>
           <t>GCM</t>
-        </is>
-[...3 lines deleted...]
-          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>W22LROWP2IHZNBB6K528</t>
+          <t>635400IL71G3SXS7OE16</t>
         </is>
       </c>
       <c r="B106" t="n">
-        <v>2125</v>
+        <v>4421</v>
       </c>
       <c r="C106" t="inlineStr">
         <is>
-          <t>GOLDMAN SACHS INTERNATIONAL</t>
+          <t>GOODBODY STOCKBROKERS UC</t>
         </is>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>00000648</t>
+          <t>00004421</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
-          <t>GOSA</t>
-[...12 lines deleted...]
-      </c>
+          <t>GBSB</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H106" t="inlineStr"/>
+      <c r="I106" t="inlineStr"/>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>635400IL71G3SXS7OE16</t>
+          <t>549300QITVENB22PDI67</t>
         </is>
       </c>
       <c r="B107" t="n">
-        <v>4421</v>
+        <v>1177</v>
       </c>
       <c r="C107" t="inlineStr">
         <is>
-          <t>GOODBODY STOCKBROKERS UC</t>
+          <t>HEADLANDS TECHNOLOGIES EUROPE BV</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>00004421</t>
+          <t>00010177</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
-          <t>GBSB</t>
+          <t>HETE</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H107" t="inlineStr"/>
-      <c r="I107" t="inlineStr"/>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>549300QITVENB22PDI67</t>
+          <t>549300JC05VO3FSCPU12</t>
         </is>
       </c>
       <c r="B108" t="n">
-        <v>1177</v>
+        <v>4334</v>
       </c>
       <c r="C108" t="inlineStr">
         <is>
-          <t>HEADLANDS TECHNOLOGIES EUROPE BV</t>
+          <t>HEADLANDS TECHNOLOGIES LLC</t>
         </is>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>00010177</t>
+          <t>00004334</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
-          <t>HETE</t>
-[...6 lines deleted...]
-      </c>
+          <t>HETL</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I108" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>549300JC05VO3FSCPU12</t>
+          <t>21380043Y95S8KQ3PA19</t>
         </is>
       </c>
       <c r="B109" t="n">
-        <v>4334</v>
+        <v>4462</v>
       </c>
       <c r="C109" t="inlineStr">
         <is>
-          <t>HEADLANDS TECHNOLOGIES LLC</t>
+          <t>HRTEU LIMITED</t>
         </is>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>00004334</t>
+          <t>00010218,00004462</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
-          <t>HETL</t>
-[...2 lines deleted...]
-      <c r="G109" t="inlineStr"/>
+          <t>HRTE</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I109" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
           <t>21380043Y95S8KQ3PA19</t>
         </is>
       </c>
       <c r="B110" t="n">
-        <v>4462</v>
+        <v>1090</v>
       </c>
       <c r="C110" t="inlineStr">
         <is>
-          <t>HRTEU LIMITED</t>
+          <t>HRTEU LIMITED (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>00010218,00004462</t>
+          <t>00010090</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
-          <t>HRTE</t>
-[...6 lines deleted...]
-      </c>
+          <t>HRTD</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I110" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>21380043Y95S8KQ3PA19</t>
+          <t>MP6I5ZYZBEU3UXPYFY54</t>
         </is>
       </c>
       <c r="B111" t="n">
-        <v>1090</v>
+        <v>3021</v>
       </c>
       <c r="C111" t="inlineStr">
         <is>
-          <t>HRTEU LIMITED (DERIVATIVES)</t>
+          <t>HSBC BANK PLC</t>
         </is>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>00010090</t>
+          <t>00004243</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
-          <t>HRTD</t>
-[...12 lines deleted...]
-      </c>
+          <t>HSMI</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H111" t="inlineStr"/>
+      <c r="I111" t="inlineStr"/>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>MP6I5ZYZBEU3UXPYFY54</t>
+          <t>F0HUI1NY1AZMJMD8LP67</t>
         </is>
       </c>
       <c r="B112" t="n">
-        <v>3021</v>
+        <v>1225</v>
       </c>
       <c r="C112" t="inlineStr">
         <is>
-          <t>HSBC BANK PLC</t>
+          <t>HSBC CONT EUROPE LCH SA</t>
         </is>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>00004243</t>
+          <t>00004464</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
-          <t>HSMI</t>
+          <t>HSBF</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
       <c r="I112" t="inlineStr"/>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
           <t>F0HUI1NY1AZMJMD8LP67</t>
         </is>
       </c>
       <c r="B113" t="n">
-        <v>1225</v>
+        <v>4464</v>
       </c>
       <c r="C113" t="inlineStr">
         <is>
-          <t>HSBC CONT EUROPE LCH SA</t>
+          <t>HSBC CONTINENTAL EUROPE</t>
         </is>
       </c>
       <c r="D113" t="inlineStr">
         <is>
           <t>00004464</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
-          <t>HSBF</t>
-[...8 lines deleted...]
-      <c r="I113" t="inlineStr"/>
+          <t>HSBC</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr"/>
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>F0HUI1NY1AZMJMD8LP67</t>
+          <t>549300KKMY8XC2HPZ142</t>
         </is>
       </c>
       <c r="B114" t="n">
-        <v>4464</v>
+        <v>4149</v>
       </c>
       <c r="C114" t="inlineStr">
         <is>
-          <t>HSBC CONTINENTAL EUROPE</t>
+          <t>IBKR FINANCIAL SERVICES</t>
         </is>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>00004464</t>
+          <t>00004149</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
-          <t>HSBC</t>
-[...2 lines deleted...]
-      <c r="G114" t="inlineStr"/>
+          <t>IBKR</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H114" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I114" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>549300KKMY8XC2HPZ142</t>
+          <t>NNVPP80YIZGEY2314M97</t>
         </is>
       </c>
       <c r="B115" t="n">
-        <v>4149</v>
+        <v>8000</v>
       </c>
       <c r="C115" t="inlineStr">
         <is>
-          <t>IBKR FINANCIAL SERVICES</t>
+          <t>ICCREA BANCA</t>
         </is>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>00004149</t>
+          <t>00010134</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
-          <t>IBKR</t>
+          <t>ICRE</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>TM</t>
-[...11 lines deleted...]
-      </c>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H115" t="inlineStr"/>
+      <c r="I115" t="inlineStr"/>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>NNVPP80YIZGEY2314M97</t>
+          <t>213800A1PNS41NG89H87</t>
         </is>
       </c>
       <c r="B116" t="n">
-        <v>8000</v>
+        <v>3012</v>
       </c>
       <c r="C116" t="inlineStr">
         <is>
-          <t>ICCREA BANCA</t>
+          <t>IMC TRADING B.V.</t>
         </is>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>00010134</t>
+          <t>00028248,00029561</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
-          <t>ICRE</t>
+          <t>IMC</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...3 lines deleted...]
-      <c r="I116" t="inlineStr"/>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>213800A1PNS41NG89H87</t>
+          <t>3TK20IVIUJ8J3ZU0QE75</t>
         </is>
       </c>
       <c r="B117" t="n">
-        <v>3012</v>
+        <v>1022</v>
       </c>
       <c r="C117" t="inlineStr">
         <is>
-          <t>IMC TRADING B.V.</t>
+          <t>ING BANK N.V</t>
         </is>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>00028248,00029561</t>
+          <t>00000645,00004416,00029110,00029116,00029779,00029111</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
-          <t>IMC</t>
+          <t>INGB</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I117" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I117" t="inlineStr"/>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
           <t>3TK20IVIUJ8J3ZU0QE75</t>
         </is>
       </c>
       <c r="B118" t="n">
-        <v>1022</v>
+        <v>2914</v>
       </c>
       <c r="C118" t="inlineStr">
         <is>
-          <t>ING BANK N.V</t>
+          <t>ING BANK N.V (ONLY DER)</t>
         </is>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>00000645,00004416,00029110,00029116,00029779,00029111</t>
+          <t>00029114</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
-          <t>INGB</t>
-[...6 lines deleted...]
-      </c>
+          <t>INGD</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I118" t="inlineStr"/>
+      <c r="I118" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>3TK20IVIUJ8J3ZU0QE75</t>
+          <t>213800MXAKR2LA1VBM44</t>
         </is>
       </c>
       <c r="B119" t="n">
-        <v>2914</v>
+        <v>2247</v>
       </c>
       <c r="C119" t="inlineStr">
         <is>
-          <t>ING BANK N.V (ONLY DER)</t>
-[...6 lines deleted...]
-      </c>
+          <t>INSTINET EUROPE LIMITED</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr"/>
       <c r="E119" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
-          <t>INGD</t>
-[...12 lines deleted...]
-      </c>
+          <t>INST</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="H119" t="inlineStr"/>
+      <c r="I119" t="inlineStr"/>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>213800MXAKR2LA1VBM44</t>
+          <t>213800A7BEQATAOUAN40</t>
         </is>
       </c>
       <c r="B120" t="n">
-        <v>2247</v>
+        <v>1208</v>
       </c>
       <c r="C120" t="inlineStr">
         <is>
-          <t>INSTINET EUROPE LIMITED</t>
-[...2 lines deleted...]
-      <c r="D120" t="inlineStr"/>
+          <t>INSTINET GERMANY GMBH</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>00004463</t>
+        </is>
+      </c>
       <c r="E120" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
-          <t>INST</t>
+          <t>INSG</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H120" t="inlineStr"/>
       <c r="I120" t="inlineStr"/>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>213800A7BEQATAOUAN40</t>
+          <t>815600A17A45C8A95C27</t>
         </is>
       </c>
       <c r="B121" t="n">
-        <v>1208</v>
+        <v>6471</v>
       </c>
       <c r="C121" t="inlineStr">
         <is>
-          <t>INSTINET GERMANY GMBH</t>
+          <t>INTEGRAE SIM S.P.A.</t>
         </is>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>00004463</t>
+          <t>00010135</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
-          <t>INSG</t>
+          <t>INTE</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
       <c r="I121" t="inlineStr"/>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>815600A17A45C8A95C27</t>
+          <t>549300GVM9BQWJXPI223</t>
         </is>
       </c>
       <c r="B122" t="n">
-        <v>6471</v>
+        <v>2520</v>
       </c>
       <c r="C122" t="inlineStr">
         <is>
-          <t>INTEGRAE SIM S.P.A.</t>
+          <t>INTERACTIVE BROKERS (UK) LIMITED</t>
         </is>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>00010135</t>
+          <t>00010080</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
-          <t>INTE</t>
+          <t>INTR</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H122" t="inlineStr"/>
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I122" t="inlineStr"/>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>549300GVM9BQWJXPI223</t>
+          <t>5493001B9LDFCQUY9273</t>
         </is>
       </c>
       <c r="B123" t="n">
-        <v>2520</v>
+        <v>1179</v>
       </c>
       <c r="C123" t="inlineStr">
         <is>
-          <t>INTERACTIVE BROKERS (UK) LIMITED</t>
+          <t>INTERACTIVE BROKERS IRELAND LTD</t>
         </is>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>00010080</t>
+          <t>00010223</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
-          <t>INTR</t>
+          <t>IBIE</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I123" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I123" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>5493001B9LDFCQUY9273</t>
+          <t>529900GS9BX04BZ5JP94</t>
         </is>
       </c>
       <c r="B124" t="n">
-        <v>1179</v>
+        <v>1011</v>
       </c>
       <c r="C124" t="inlineStr">
         <is>
-          <t>INTERACTIVE BROKERS IRELAND LTD</t>
+          <t>INTERMONEY</t>
         </is>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>00010223</t>
+          <t>00010011</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
-          <t>IBIE</t>
+          <t>INTM</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...11 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H124" t="inlineStr"/>
+      <c r="I124" t="inlineStr"/>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>529900GS9BX04BZ5JP94</t>
+          <t>YMUU1WGHJKORF9E36I98</t>
         </is>
       </c>
       <c r="B125" t="n">
-        <v>1011</v>
+        <v>6324</v>
       </c>
       <c r="C125" t="inlineStr">
         <is>
-          <t>INTERMONEY</t>
+          <t>INTERMONTE SIM SPA</t>
         </is>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>00010011</t>
+          <t>00010136</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
-          <t>INTM</t>
+          <t>INSE</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="H125" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="I125" t="inlineStr"/>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>YMUU1WGHJKORF9E36I98</t>
+          <t>2W8N8UU78PMDQKZENC08</t>
         </is>
       </c>
       <c r="B126" t="n">
-        <v>6324</v>
+        <v>3069</v>
       </c>
       <c r="C126" t="inlineStr">
         <is>
-          <t>INTERMONTE SIM SPA</t>
+          <t>INTESA SANPAOLO</t>
         </is>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>00010136</t>
+          <t>00000465,00004121,00010154</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
-          <t>INSE</t>
+          <t>BINT</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM,ICM</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="I126" t="inlineStr"/>
+          <t>GCM,TM</t>
+        </is>
+      </c>
+      <c r="I126" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
           <t>2W8N8UU78PMDQKZENC08</t>
         </is>
       </c>
       <c r="B127" t="n">
-        <v>3069</v>
+        <v>1236</v>
       </c>
       <c r="C127" t="inlineStr">
         <is>
-          <t>INTESA SANPAOLO</t>
+          <t>INTESA SANPAOLO - BANCA DEI TERRITORI</t>
         </is>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>00000465,00004121,00010154</t>
+          <t>00010154</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>IT</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
-          <t>BINT</t>
+          <t>IBDT</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
-          <t>GCM,ICM</t>
-[...11 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr"/>
+      <c r="I127" t="inlineStr"/>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>2W8N8UU78PMDQKZENC08</t>
+          <t>969500JAO8NC3167JL27</t>
         </is>
       </c>
       <c r="B128" t="n">
-        <v>1236</v>
+        <v>475</v>
       </c>
       <c r="C128" t="inlineStr">
         <is>
-          <t>INTESA SANPAOLO - BANCA DEI TERRITORI</t>
+          <t>INVEST SECURITIES</t>
         </is>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>00010154</t>
+          <t>00000475</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
-          <t>IBDT</t>
+          <t>INVS</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H128" t="inlineStr"/>
       <c r="I128" t="inlineStr"/>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>969500JAO8NC3167JL27</t>
+          <t>635400LI4QMLUFFT9Y68</t>
         </is>
       </c>
       <c r="B129" t="n">
-        <v>475</v>
+        <v>4422</v>
       </c>
       <c r="C129" t="inlineStr">
         <is>
-          <t>INVEST SECURITIES</t>
+          <t>INVESTEC EUROPE LIMITED</t>
         </is>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>00000475</t>
+          <t>00004422</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
-          <t>INVS</t>
+          <t>INVE</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H129" t="inlineStr"/>
       <c r="I129" t="inlineStr"/>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>635400LI4QMLUFFT9Y68</t>
+          <t>63540061DPCBNMCGRY22</t>
         </is>
       </c>
       <c r="B130" t="n">
-        <v>4422</v>
+        <v>4424</v>
       </c>
       <c r="C130" t="inlineStr">
         <is>
-          <t>INVESTEC EUROPE LIMITED</t>
+          <t>J&amp;E DAVY ULC</t>
         </is>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>00004422</t>
+          <t>00004424</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
-          <t>INVE</t>
+          <t>JEDA</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="H130" t="inlineStr"/>
       <c r="I130" t="inlineStr"/>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>63540061DPCBNMCGRY22</t>
+          <t>549300ZHEHX8M31RP142</t>
         </is>
       </c>
       <c r="B131" t="n">
-        <v>4424</v>
+        <v>1220</v>
       </c>
       <c r="C131" t="inlineStr">
         <is>
-          <t>J&amp;E DAVY ULC</t>
+          <t>JANE STREET FIN LTD</t>
         </is>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>00004424</t>
+          <t>00010161,00010001</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
-          <t>JEDA</t>
+          <t>JSFL</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H131" t="inlineStr"/>
       <c r="I131" t="inlineStr"/>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>549300ZHEHX8M31RP142</t>
+          <t>5493008S1CW8VJ3GVF84</t>
         </is>
       </c>
       <c r="B132" t="n">
-        <v>1220</v>
+        <v>4207</v>
       </c>
       <c r="C132" t="inlineStr">
         <is>
-          <t>JANE STREET FIN LTD</t>
+          <t>JB CAPITAL MARKETS SV SA</t>
         </is>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>00010161,00010001</t>
+          <t>00004207</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>ES</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
-          <t>JSFL</t>
+          <t>JBCM</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
       <c r="I132" t="inlineStr"/>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>5493008S1CW8VJ3GVF84</t>
+          <t>S5THZMDUJCTQZBTRVI98</t>
         </is>
       </c>
       <c r="B133" t="n">
-        <v>4207</v>
+        <v>8034</v>
       </c>
       <c r="C133" t="inlineStr">
         <is>
-          <t>JB CAPITAL MARKETS SV SA</t>
+          <t>JEFFERIES INTERNATIONAL LTD</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>00004207</t>
+          <t>00004063</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
-          <t>ES</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
-          <t>JBCM</t>
+          <t>JEFF</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H133" t="inlineStr"/>
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I133" t="inlineStr"/>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>S5THZMDUJCTQZBTRVI98</t>
+          <t>549300ZK53CNGEEI6A29</t>
         </is>
       </c>
       <c r="B134" t="n">
-        <v>8034</v>
+        <v>4398</v>
       </c>
       <c r="C134" t="inlineStr">
         <is>
-          <t>JEFFERIES INTERNATIONAL LTD</t>
+          <t>JP MORGAN SE</t>
         </is>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>00004063</t>
+          <t>00004398</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
-          <t>JEFF</t>
+          <t>JPMO</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I134" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I134" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>549300ZK53CNGEEI6A29</t>
+          <t>549300HFXRW8BZRK3J17</t>
         </is>
       </c>
       <c r="B135" t="n">
-        <v>4398</v>
+        <v>1087</v>
       </c>
       <c r="C135" t="inlineStr">
         <is>
-          <t>JP MORGAN SE</t>
+          <t>JUMP TRADING EUROPE B.V.</t>
         </is>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>00004398</t>
+          <t>00010087</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
-          <t>JPMO</t>
-[...6 lines deleted...]
-      </c>
+          <t>JUMP</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I135" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
           <t>549300HFXRW8BZRK3J17</t>
         </is>
       </c>
       <c r="B136" t="n">
-        <v>1087</v>
+        <v>3870</v>
       </c>
       <c r="C136" t="inlineStr">
         <is>
           <t>JUMP TRADING EUROPE B.V.</t>
         </is>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>00010087</t>
+          <t>00010036,00004447,00004467</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
-          <t>JUMP</t>
-[...2 lines deleted...]
-      <c r="G136" t="inlineStr"/>
+          <t>JUTE</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I136" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>549300HFXRW8BZRK3J17</t>
+          <t>6B2PBRV1FCJDMR45RZ53</t>
         </is>
       </c>
       <c r="B137" t="n">
-        <v>3870</v>
+        <v>3420</v>
       </c>
       <c r="C137" t="inlineStr">
         <is>
-          <t>JUMP TRADING EUROPE B.V.</t>
+          <t>KBC BANK NV</t>
         </is>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>00010036,00004447,00004467</t>
+          <t>00003420</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
-          <t>JUTE</t>
+          <t>KBC</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I137" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I137" t="inlineStr"/>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>6B2PBRV1FCJDMR45RZ53</t>
+          <t>2138005SP78ELT822P61</t>
         </is>
       </c>
       <c r="B138" t="n">
-        <v>3420</v>
+        <v>1881</v>
       </c>
       <c r="C138" t="inlineStr">
         <is>
-          <t>KBC BANK NV</t>
+          <t>KBC SECURITIES</t>
         </is>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>00003420</t>
+          <t>00001881</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>BE</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
-          <t>KBC</t>
+          <t>KBCS</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H138" t="inlineStr"/>
       <c r="I138" t="inlineStr"/>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>2138005SP78ELT822P61</t>
+          <t>72450015ICZPNU5UOP87</t>
         </is>
       </c>
       <c r="B139" t="n">
-        <v>1881</v>
+        <v>4712</v>
       </c>
       <c r="C139" t="inlineStr">
         <is>
-          <t>KBC SECURITIES</t>
+          <t>KEMP TRADING B.V.</t>
         </is>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>00001881</t>
+          <t>00004712</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
-          <t>KBCS</t>
+          <t>KEMP</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H139" t="inlineStr"/>
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I139" t="inlineStr"/>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>72450015ICZPNU5UOP87</t>
+          <t>9695005EOZG9X8IRJD84</t>
         </is>
       </c>
       <c r="B140" t="n">
-        <v>4712</v>
+        <v>2132</v>
       </c>
       <c r="C140" t="inlineStr">
         <is>
-          <t>KEMP TRADING B.V.</t>
+          <t>KEPLER CHEVREUX</t>
         </is>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>00004712</t>
+          <t>00004319,00000639</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
-          <t>KEMP</t>
+          <t>JUBI</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H140" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H140" t="inlineStr"/>
       <c r="I140" t="inlineStr"/>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>9695005EOZG9X8IRJD84</t>
+          <t>1ZU7M6R6N6PXYJ6V0C83</t>
         </is>
       </c>
       <c r="B141" t="n">
-        <v>2132</v>
+        <v>366</v>
       </c>
       <c r="C141" t="inlineStr">
         <is>
-          <t>KEPLER CHEVREUX</t>
+          <t>KYTE BROKING LTD</t>
         </is>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>00004319,00000639</t>
+          <t>00000366</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
-          <t>JUBI</t>
-[...8 lines deleted...]
-      <c r="I141" t="inlineStr"/>
+          <t>KYTE</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr"/>
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I141" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>1ZU7M6R6N6PXYJ6V0C83</t>
+          <t>549300AKYALVKKLSOF08</t>
         </is>
       </c>
       <c r="B142" t="n">
-        <v>366</v>
+        <v>1539</v>
       </c>
       <c r="C142" t="inlineStr">
         <is>
-          <t>KYTE BROKING LTD</t>
+          <t>LELEUX ASSOCIATED BROKERS</t>
         </is>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>00000366</t>
+          <t>00001539</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>BE</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
-          <t>KYTE</t>
-[...2 lines deleted...]
-      <c r="G142" t="inlineStr"/>
+          <t>LELU</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H142" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="I142" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>549300AKYALVKKLSOF08</t>
+          <t>549300E5ENQVY2IBLF67</t>
         </is>
       </c>
       <c r="B143" t="n">
-        <v>1539</v>
+        <v>1271</v>
       </c>
       <c r="C143" t="inlineStr">
         <is>
-          <t>LELEUX ASSOCIATED BROKERS</t>
+          <t>MACQUARIE BANK EUROPE DAC</t>
         </is>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>00001539</t>
+          <t>00010271</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
-          <t>BE</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
-          <t>LELU</t>
-[...6 lines deleted...]
-      </c>
+          <t>MACQ</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I143" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>549300E5ENQVY2IBLF67</t>
+          <t>213800LFPK48IEQQW552</t>
         </is>
       </c>
       <c r="B144" t="n">
-        <v>1271</v>
+        <v>4429</v>
       </c>
       <c r="C144" t="inlineStr">
         <is>
-          <t>MACQUARIE BANK EUROPE DAC</t>
+          <t>MAKO DERIVATIVES AMSTERDAM B.V.</t>
         </is>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>00010271</t>
+          <t>00004429</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
-          <t>MACQ</t>
-[...2 lines deleted...]
-      <c r="G144" t="inlineStr"/>
+          <t>MAKO</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I144" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I144" t="inlineStr"/>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>213800LFPK48IEQQW552</t>
+          <t>2138008VIMXS2JH9RM85</t>
         </is>
       </c>
       <c r="B145" t="n">
-        <v>4429</v>
+        <v>440</v>
       </c>
       <c r="C145" t="inlineStr">
         <is>
-          <t>MAKO DERIVATIVES AMSTERDAM B.V.</t>
+          <t>MAKO GLOBAL DERIVATIVES PARTNERSHIP</t>
         </is>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>00004429</t>
+          <t>00000440</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
-          <t>MAKO</t>
-[...6 lines deleted...]
-      </c>
+          <t>MAGD</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I145" t="inlineStr"/>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>2138008VIMXS2JH9RM85</t>
+          <t>5493003EETVWYSIJ5A20</t>
         </is>
       </c>
       <c r="B146" t="n">
-        <v>440</v>
+        <v>661</v>
       </c>
       <c r="C146" t="inlineStr">
         <is>
-          <t>MAKO GLOBAL DERIVATIVES PARTNERSHIP</t>
+          <t>MAREX FINANCIAL</t>
         </is>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>00000440</t>
+          <t>00000661</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
-          <t>MAGD</t>
+          <t>MARE</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I146" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>5493003EETVWYSIJ5A20</t>
+          <t>969500AMLHB21RACL168</t>
         </is>
       </c>
       <c r="B147" t="n">
-        <v>661</v>
+        <v>4052</v>
       </c>
       <c r="C147" t="inlineStr">
         <is>
-          <t>MAREX FINANCIAL</t>
+          <t>MAREX SA</t>
         </is>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>00000661</t>
+          <t>00004052</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
-          <t>MARE</t>
+          <t>MASA</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="I147" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>969500AMLHB21RACL168</t>
+          <t>213800YRA1J9QFBMU217</t>
         </is>
       </c>
       <c r="B148" t="n">
-        <v>4052</v>
+        <v>1058</v>
       </c>
       <c r="C148" t="inlineStr">
         <is>
-          <t>MAREX SA</t>
+          <t>MARIANA UFP LLP</t>
         </is>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>00004052</t>
+          <t>00010058</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
-          <t>MASA</t>
+          <t>MARI</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I148" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I148" t="inlineStr"/>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>213800YRA1J9QFBMU217</t>
+          <t>969500FWB6L4IMCWRO70</t>
         </is>
       </c>
       <c r="B149" t="n">
-        <v>1058</v>
+        <v>1018</v>
       </c>
       <c r="C149" t="inlineStr">
         <is>
-          <t>MARIANA UFP LLP</t>
+          <t>MARKET SECURITIES (FRANCE) SA</t>
         </is>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>00010058</t>
+          <t>00010018</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
-          <t>MARI</t>
+          <t>MKTS</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I149" t="inlineStr"/>
+      <c r="I149" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>969500FWB6L4IMCWRO70</t>
+          <t>549300HNOCFVJN7H7J64</t>
         </is>
       </c>
       <c r="B150" t="n">
-        <v>1018</v>
+        <v>2891</v>
       </c>
       <c r="C150" t="inlineStr">
         <is>
-          <t>MARKET SECURITIES (FRANCE) SA</t>
+          <t>MARKET WIZARDS B.V.</t>
         </is>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>00010018</t>
+          <t>00028648,00028091</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
-          <t>MKTS</t>
-[...12 lines deleted...]
-      </c>
+          <t>WIZA</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H150" t="inlineStr"/>
+      <c r="I150" t="inlineStr"/>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
           <t>549300HNOCFVJN7H7J64</t>
         </is>
       </c>
       <c r="B151" t="n">
-        <v>2891</v>
+        <v>2868</v>
       </c>
       <c r="C151" t="inlineStr">
         <is>
-          <t>MARKET WIZARDS B.V.</t>
+          <t>MARKET WIZARDS B.V. (ONLY DER 2)</t>
         </is>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>00028648,00028091</t>
+          <t>00028648</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
-          <t>WIZA</t>
-[...7 lines deleted...]
-      <c r="H151" t="inlineStr"/>
+          <t>WIZD</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr"/>
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I151" t="inlineStr"/>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
           <t>549300HNOCFVJN7H7J64</t>
         </is>
       </c>
       <c r="B152" t="n">
-        <v>2868</v>
+        <v>2809</v>
       </c>
       <c r="C152" t="inlineStr">
         <is>
-          <t>MARKET WIZARDS B.V. (ONLY DER 2)</t>
+          <t>MARKET WIZARDS B.V. (ONLY DER)</t>
         </is>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>00028648</t>
+          <t>00028091</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
-          <t>WIZD</t>
+          <t>MWIZ</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I152" t="inlineStr"/>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>549300HNOCFVJN7H7J64</t>
+          <t>254900GU6V65CVE9F170</t>
         </is>
       </c>
       <c r="B153" t="n">
-        <v>2809</v>
+        <v>1227</v>
       </c>
       <c r="C153" t="inlineStr">
         <is>
-          <t>MARKET WIZARDS B.V. (ONLY DER)</t>
+          <t>MAVEN DERIVATIVES AM</t>
         </is>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>00028091</t>
+          <t>00004479</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
-          <t>MWIZ</t>
+          <t>MADA</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I153" t="inlineStr"/>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>254900GU6V65CVE9F170</t>
+          <t>PSNL19R2RXX5U3QWHI44</t>
         </is>
       </c>
       <c r="B154" t="n">
-        <v>1227</v>
+        <v>631</v>
       </c>
       <c r="C154" t="inlineStr">
         <is>
-          <t>MAVEN DERIVATIVES AM</t>
+          <t>MEDIOBANCA - BANCA DI CREDITO FINANZIARIO</t>
         </is>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>00004479</t>
+          <t>00004114</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
-          <t>MADA</t>
-[...2 lines deleted...]
-      <c r="G154" t="inlineStr"/>
+          <t>MEDI</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
+        <is>
+          <t>ICM,TM</t>
+        </is>
+      </c>
       <c r="H154" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>ICM</t>
         </is>
       </c>
       <c r="I154" t="inlineStr"/>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>PSNL19R2RXX5U3QWHI44</t>
+          <t>GGDZP1UYGU9STUHRDP48</t>
         </is>
       </c>
       <c r="B155" t="n">
-        <v>631</v>
+        <v>2097</v>
       </c>
       <c r="C155" t="inlineStr">
         <is>
-          <t>MEDIOBANCA - BANCA DI CREDITO FINANZIARIO</t>
+          <t>MERRILL LYNCH INTERNATIONAL</t>
         </is>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>00004114</t>
+          <t>00000640,00000516</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
-          <t>MEDI</t>
+          <t>MELI</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
-          <t>ICM,TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="I155" t="inlineStr"/>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>GGDZP1UYGU9STUHRDP48</t>
+          <t>213800GK3K7QZWWKXU03</t>
         </is>
       </c>
       <c r="B156" t="n">
-        <v>2097</v>
+        <v>8035</v>
       </c>
       <c r="C156" t="inlineStr">
         <is>
-          <t>MERRILL LYNCH INTERNATIONAL</t>
+          <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
         </is>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>00000640,00000516</t>
+          <t>00010137</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
-          <t>MELI</t>
+          <t>METH</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr"/>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>213800GK3K7QZWWKXU03</t>
+          <t>724500LGY9DFI3QOGR89</t>
         </is>
       </c>
       <c r="B157" t="n">
-        <v>8035</v>
+        <v>4351</v>
       </c>
       <c r="C157" t="inlineStr">
         <is>
-          <t>METHOD INVESTMENT &amp; ADVISORY LTD</t>
+          <t>MINT TOWER CAPITAL MANAGEMENT B.V.</t>
         </is>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>00010137</t>
+          <t>00004351</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
-          <t>METH</t>
+          <t>MINT</t>
         </is>
       </c>
       <c r="G157" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H157" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I157" t="inlineStr"/>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>724500LGY9DFI3QOGR89</t>
+          <t>815600BCEA4EE8F02106</t>
         </is>
       </c>
       <c r="B158" t="n">
-        <v>4351</v>
+        <v>6495</v>
       </c>
       <c r="C158" t="inlineStr">
         <is>
-          <t>MINT TOWER CAPITAL MANAGEMENT B.V.</t>
+          <t>MIT SIM S.P.A.</t>
         </is>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>00004351</t>
+          <t>00010132</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
-          <t>MINT</t>
+          <t>MITS</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H158" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H158" t="inlineStr"/>
       <c r="I158" t="inlineStr"/>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>815600BCEA4EE8F02106</t>
+          <t>7TK5RJIZDFROZCA6XF66</t>
         </is>
       </c>
       <c r="B159" t="n">
-        <v>6495</v>
+        <v>4275</v>
       </c>
       <c r="C159" t="inlineStr">
         <is>
-          <t>MIT SIM S.P.A.</t>
+          <t>MIZUHO SECURITIES USA LLC</t>
         </is>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>00010132</t>
+          <t>00004275</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
-          <t>MITS</t>
-[...8 lines deleted...]
-      <c r="I159" t="inlineStr"/>
+          <t>MIZU</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr"/>
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>7TK5RJIZDFROZCA6XF66</t>
+          <t>724500X1AMCX5YU3KG19</t>
         </is>
       </c>
       <c r="B160" t="n">
-        <v>4275</v>
+        <v>4195</v>
       </c>
       <c r="C160" t="inlineStr">
         <is>
-          <t>MIZUHO SECURITIES USA LLC</t>
+          <t>MMX TRADING B.V.</t>
         </is>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>00004275</t>
+          <t>00004195</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
-          <t>MIZU</t>
+          <t>MMXT</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I160" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I160" t="inlineStr"/>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>724500X1AMCX5YU3KG19</t>
+          <t>54930056FHWP7GIWYY08</t>
         </is>
       </c>
       <c r="B161" t="n">
-        <v>4195</v>
+        <v>1145</v>
       </c>
       <c r="C161" t="inlineStr">
         <is>
-          <t>MMX TRADING B.V.</t>
+          <t>MORGAN STANLEY EUROPE SE</t>
         </is>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>00004195</t>
+          <t>00004399</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
-          <t>MMXT</t>
-[...2 lines deleted...]
-      <c r="G161" t="inlineStr"/>
+          <t>MSES</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="H161" t="inlineStr">
         <is>
-          <t>TM</t>
-[...2 lines deleted...]
-      <c r="I161" t="inlineStr"/>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="I161" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>54930056FHWP7GIWYY08</t>
+          <t>7245009EQOA9YHDR1W03</t>
         </is>
       </c>
       <c r="B162" t="n">
-        <v>1145</v>
+        <v>2846</v>
       </c>
       <c r="C162" t="inlineStr">
         <is>
-          <t>MORGAN STANLEY EUROPE SE</t>
+          <t>MUNNIK OPTIES EN FUTURES TRADING B.V.</t>
         </is>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>00004399</t>
+          <t>00028465</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
-          <t>MSES</t>
+          <t>MUNN</t>
         </is>
       </c>
       <c r="G162" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H162" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I162" t="inlineStr"/>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>7245009EQOA9YHDR1W03</t>
+          <t>KX1WK48MPD4Y2NCUIZ63</t>
         </is>
       </c>
       <c r="B163" t="n">
-        <v>2846</v>
+        <v>1148</v>
       </c>
       <c r="C163" t="inlineStr">
         <is>
-          <t>MUNNIK OPTIES EN FUTURES TRADING B.V.</t>
+          <t>NATIXIS</t>
         </is>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>00028465</t>
+          <t>00004725,00000697</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
-          <t>MUNN</t>
+          <t>NTXS</t>
         </is>
       </c>
       <c r="G163" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H163" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H163" t="inlineStr"/>
       <c r="I163" t="inlineStr"/>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
           <t>KX1WK48MPD4Y2NCUIZ63</t>
         </is>
       </c>
       <c r="B164" t="n">
-        <v>1148</v>
+        <v>697</v>
       </c>
       <c r="C164" t="inlineStr">
         <is>
-          <t>NATIXIS</t>
+          <t>NATIXIS (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>00004725,00000697</t>
+          <t>00000697</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
-          <t>NTXS</t>
-[...7 lines deleted...]
-      <c r="H164" t="inlineStr"/>
+          <t>NATD</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr"/>
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>ICM,TM</t>
+        </is>
+      </c>
       <c r="I164" t="inlineStr"/>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>KX1WK48MPD4Y2NCUIZ63</t>
+          <t>5493009W2E2YDCXY6S81</t>
         </is>
       </c>
       <c r="B165" t="n">
-        <v>697</v>
+        <v>1002</v>
       </c>
       <c r="C165" t="inlineStr">
         <is>
-          <t>NATIXIS (DERIVATIVES)</t>
+          <t>NOVO BANCO</t>
         </is>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>00000697</t>
+          <t>00010022</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>PT</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
-          <t>NATD</t>
-[...7 lines deleted...]
-      </c>
+          <t>NOVO</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H165" t="inlineStr"/>
       <c r="I165" t="inlineStr"/>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>5493009W2E2YDCXY6S81</t>
+          <t>9695002I9DJHZ3449O66</t>
         </is>
       </c>
       <c r="B166" t="n">
-        <v>1002</v>
+        <v>585</v>
       </c>
       <c r="C166" t="inlineStr">
         <is>
-          <t>NOVO BANCO</t>
+          <t>ODDO BHF SCA</t>
         </is>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>00010022</t>
+          <t>00000585</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
-          <t>PT</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
-          <t>NOVO</t>
+          <t>ODDO</t>
         </is>
       </c>
       <c r="G166" t="inlineStr">
         <is>
           <t>ICM</t>
         </is>
       </c>
       <c r="H166" t="inlineStr"/>
       <c r="I166" t="inlineStr"/>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>9695002I9DJHZ3449O66</t>
+          <t>549300WT0R7JM2KQSF84</t>
         </is>
       </c>
       <c r="B167" t="n">
-        <v>585</v>
+        <v>1345</v>
       </c>
       <c r="C167" t="inlineStr">
         <is>
-          <t>ODDO BHF SCA</t>
+          <t>OPTIVER TRADING US LLC</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>00000585</t>
+          <t>00010345</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
-          <t>ODDO</t>
-[...6 lines deleted...]
-      </c>
+          <t>OPUS</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
-      <c r="I167" t="inlineStr"/>
+      <c r="I167" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
           <t>7245009KRYSAYB2QCC29</t>
         </is>
       </c>
       <c r="B168" t="n">
         <v>2810</v>
       </c>
       <c r="C168" t="inlineStr">
         <is>
           <t>OPTIVER V.O.F.</t>
         </is>
       </c>
       <c r="D168" t="inlineStr">
         <is>
           <t>00000677</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>NL</t>
         </is>
       </c>
@@ -11728,2253 +11810,1849 @@
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>QUBE</t>
         </is>
       </c>
       <c r="G175" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H175" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I175" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>5493005C7D4YURSCIP31</t>
+          <t>724500VH9JWY29MXNL28</t>
         </is>
       </c>
       <c r="B176" t="n">
-        <v>4481</v>
+        <v>4411</v>
       </c>
       <c r="C176" t="inlineStr">
         <is>
-          <t>R.J. O'BRIEN FRANCE</t>
+          <t>RADIX TRADING EUROPE</t>
         </is>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>00004481</t>
+          <t>00004411</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
-          <t>RJOF</t>
-[...2 lines deleted...]
-      <c r="G176" t="inlineStr"/>
+          <t>RADX</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H176" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I176" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>549300OHLZ0RR2TSKH90</t>
+          <t>5493002OB7HHR7O1QG65</t>
         </is>
       </c>
       <c r="B177" t="n">
-        <v>494</v>
+        <v>4372</v>
       </c>
       <c r="C177" t="inlineStr">
         <is>
-          <t>R.J. O'BRIEN LIMITED</t>
+          <t>RADIX TRADING LLC</t>
         </is>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>00000494</t>
+          <t>00004372</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
-          <t>RJOL</t>
+          <t>RDXL</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I177" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>724500VH9JWY29MXNL28</t>
+          <t>549300SXSTGQY3EA1B18</t>
         </is>
       </c>
       <c r="B178" t="n">
-        <v>4411</v>
+        <v>1228</v>
       </c>
       <c r="C178" t="inlineStr">
         <is>
-          <t>RADIX TRADING EUROPE</t>
+          <t>RBC CAPITAL MARKETS (EUROPE) GMBH</t>
         </is>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>00004411</t>
+          <t>00004471</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
-          <t>RADX</t>
+          <t>RBCC</t>
         </is>
       </c>
       <c r="G178" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H178" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I178" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>5493002OB7HHR7O1QG65</t>
+          <t>TXDSU46SXBWIGJ8G8E98</t>
         </is>
       </c>
       <c r="B179" t="n">
-        <v>4372</v>
+        <v>1044</v>
       </c>
       <c r="C179" t="inlineStr">
         <is>
-          <t>RADIX TRADING LLC</t>
+          <t>RBC EUROPE LTD</t>
         </is>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>00004372</t>
+          <t>00004001</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
-          <t>RDXL</t>
-[...2 lines deleted...]
-      <c r="G179" t="inlineStr"/>
+          <t>RBCE</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
       <c r="H179" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="I179" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>549300SXSTGQY3EA1B18</t>
+          <t>529900X4PRL0DZNPT990</t>
         </is>
       </c>
       <c r="B180" t="n">
-        <v>1228</v>
+        <v>1099</v>
       </c>
       <c r="C180" t="inlineStr">
         <is>
-          <t>RBC CAPITAL MARKETS (EUROPE) GMBH</t>
+          <t>RCUBE ASSET MGMT SAS</t>
         </is>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>00004471</t>
+          <t>00010099</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
-          <t>RBCC</t>
-[...11 lines deleted...]
-      </c>
+          <t>RCUB</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr"/>
+      <c r="H180" t="inlineStr"/>
       <c r="I180" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>TXDSU46SXBWIGJ8G8E98</t>
+          <t>894500CSZXOD90FHJI07</t>
         </is>
       </c>
       <c r="B181" t="n">
-        <v>1044</v>
+        <v>6496</v>
       </c>
       <c r="C181" t="inlineStr">
         <is>
-          <t>RBC EUROPE LTD</t>
+          <t>REPLICA SIM SPA</t>
         </is>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>00004001</t>
+          <t>00010138</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
-          <t>RBCE</t>
+          <t>RESI</t>
         </is>
       </c>
       <c r="G181" t="inlineStr">
         <is>
-          <t>GCM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H181" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I181" t="inlineStr"/>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>529900X4PRL0DZNPT990</t>
+          <t>969500IKNV38EK1P8O50</t>
         </is>
       </c>
       <c r="B182" t="n">
-        <v>1099</v>
+        <v>4444</v>
       </c>
       <c r="C182" t="inlineStr">
         <is>
-          <t>RCUBE ASSET MGMT SAS</t>
+          <t>ROTHSCHILD MARTIN MAURE</t>
         </is>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>00010099</t>
+          <t>00004444</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
-          <t>RCUB</t>
-[...2 lines deleted...]
-      <c r="G182" t="inlineStr"/>
+          <t>ROMM</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H182" t="inlineStr"/>
-      <c r="I182" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I182" t="inlineStr"/>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>894500CSZXOD90FHJI07</t>
+          <t>549300TL5406IC1XKD09</t>
         </is>
       </c>
       <c r="B183" t="n">
-        <v>6496</v>
+        <v>1068</v>
       </c>
       <c r="C183" t="inlineStr">
         <is>
-          <t>REPLICA SIM SPA</t>
+          <t>SAXO BANK A/S</t>
         </is>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>00010138</t>
+          <t>00010068</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>DK</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
-          <t>RESI</t>
+          <t>SAXO</t>
         </is>
       </c>
       <c r="G183" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H183" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I183" t="inlineStr"/>
+      <c r="I183" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>969500IKNV38EK1P8O50</t>
+          <t>969500FDN8G43HMHZM83</t>
         </is>
       </c>
       <c r="B184" t="n">
-        <v>4444</v>
+        <v>5470</v>
       </c>
       <c r="C184" t="inlineStr">
         <is>
-          <t>ROTHSCHILD MARTIN MAURE</t>
+          <t>SG OPTION EUROPE</t>
         </is>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>00004444</t>
+          <t>00000547</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
-          <t>ROMM</t>
+          <t>SGOP</t>
         </is>
       </c>
       <c r="G184" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H184" t="inlineStr"/>
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I184" t="inlineStr"/>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>549300TL5406IC1XKD09</t>
+          <t>F3JS33DEI6XQ4ZBPTN86</t>
         </is>
       </c>
       <c r="B185" t="n">
-        <v>1068</v>
+        <v>655</v>
       </c>
       <c r="C185" t="inlineStr">
         <is>
-          <t>SAXO BANK A/S</t>
+          <t>SKANDINAVISKA ENSKILDA BANKEN AB</t>
         </is>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>00010068</t>
+          <t>00000655</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
-          <t>DK</t>
+          <t>SE</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
-          <t>SAXO</t>
-[...6 lines deleted...]
-      </c>
+          <t>SKAN</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="I185" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>969500FDN8G43HMHZM83</t>
+          <t>969500UEQ3U3P21QNJ13</t>
         </is>
       </c>
       <c r="B186" t="n">
-        <v>5470</v>
+        <v>583</v>
       </c>
       <c r="C186" t="inlineStr">
         <is>
-          <t>SG OPTION EUROPE</t>
+          <t>SOCIETE DE BOURSE GILBERT DUPONT</t>
         </is>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>00000547</t>
+          <t>00000583</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
-          <t>SGOP</t>
+          <t>SBGD</t>
         </is>
       </c>
       <c r="G186" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H186" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H186" t="inlineStr"/>
       <c r="I186" t="inlineStr"/>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>F3JS33DEI6XQ4ZBPTN86</t>
+          <t>O2RNE8IBXP4R0TD8PU41</t>
         </is>
       </c>
       <c r="B187" t="n">
-        <v>655</v>
+        <v>1141</v>
       </c>
       <c r="C187" t="inlineStr">
         <is>
-          <t>SKANDINAVISKA ENSKILDA BANKEN AB</t>
+          <t>SOCIETE GENERALE</t>
         </is>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>00000655</t>
+          <t>00029510,00004082,00010069,00000504,00004407</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
-          <t>SE</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
-          <t>SKAN</t>
-[...12 lines deleted...]
-      </c>
+          <t>SOGE</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
+        <is>
+          <t>GCM,TM</t>
+        </is>
+      </c>
+      <c r="H187" t="inlineStr"/>
+      <c r="I187" t="inlineStr"/>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>969500UEQ3U3P21QNJ13</t>
+          <t>O2RNE8IBXP4R0TD8PU41</t>
         </is>
       </c>
       <c r="B188" t="n">
-        <v>583</v>
+        <v>1504</v>
       </c>
       <c r="C188" t="inlineStr">
         <is>
-          <t>SOCIETE DE BOURSE GILBERT DUPONT</t>
+          <t>SOCIETE GENERALE - DERIVATIVES</t>
         </is>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>00000583</t>
+          <t>00001504</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
-          <t>SBGD</t>
-[...8 lines deleted...]
-      <c r="I188" t="inlineStr"/>
+          <t>SGDE</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr"/>
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
+      <c r="I188" t="inlineStr">
+        <is>
+          <t>GCM</t>
+        </is>
+      </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>O2RNE8IBXP4R0TD8PU41</t>
+          <t>5967007LIEEXZX5AEG57</t>
         </is>
       </c>
       <c r="B189" t="n">
-        <v>1141</v>
+        <v>1043</v>
       </c>
       <c r="C189" t="inlineStr">
         <is>
-          <t>SOCIETE GENERALE</t>
+          <t>SPAREBANK 1 MARKETS AS</t>
         </is>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>00029510,00004082,00010069,00000504,00004407</t>
+          <t>00010043</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
-          <t>SOGE</t>
-[...7 lines deleted...]
-      <c r="H189" t="inlineStr"/>
+          <t>SPAR</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr"/>
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
       <c r="I189" t="inlineStr"/>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>O2RNE8IBXP4R0TD8PU41</t>
+          <t>52990022Z6AVYLH8IO31</t>
         </is>
       </c>
       <c r="B190" t="n">
-        <v>1504</v>
+        <v>8058</v>
       </c>
       <c r="C190" t="inlineStr">
         <is>
-          <t>SOCIETE GENERALE - DERIVATIVES</t>
+          <t>SSW TRADING GMBH</t>
         </is>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>00001504</t>
+          <t>00004728</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
-          <t>SGDE</t>
-[...12 lines deleted...]
-      </c>
+          <t>SSWM</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H190" t="inlineStr"/>
+      <c r="I190" t="inlineStr"/>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>5967007LIEEXZX5AEG57</t>
+          <t>5299005MIHH61P5F9H39</t>
         </is>
       </c>
       <c r="B191" t="n">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="C191" t="inlineStr">
         <is>
-          <t>SPAREBANK 1 MARKETS AS</t>
+          <t>STONEX FINANCIAL EUROPE GMBH</t>
         </is>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>00010043</t>
+          <t>00010242</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
-          <t>SPAR</t>
+          <t>SFEG</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr">
         <is>
-          <t>ICM</t>
-[...2 lines deleted...]
-      <c r="I191" t="inlineStr"/>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I191" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>52990022Z6AVYLH8IO31</t>
+          <t>549300LNKU6K5TJCRG93</t>
         </is>
       </c>
       <c r="B192" t="n">
-        <v>8058</v>
+        <v>4008</v>
       </c>
       <c r="C192" t="inlineStr">
         <is>
-          <t>SSW TRADING GMBH</t>
+          <t>STONEX FINANCIAL INC</t>
         </is>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>00004728</t>
+          <t>00004008</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>US</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
-          <t>SSWM</t>
-[...8 lines deleted...]
-      <c r="I192" t="inlineStr"/>
+          <t>STIN</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr"/>
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I192" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>5299005MIHH61P5F9H39</t>
+          <t>549300AWF3TOHRYL7754</t>
         </is>
       </c>
       <c r="B193" t="n">
-        <v>1042</v>
+        <v>4357</v>
       </c>
       <c r="C193" t="inlineStr">
         <is>
-          <t>STONEX FINANCIAL EUROPE GMBH</t>
+          <t>STONEX FINANCIAL LTD</t>
         </is>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>00010242</t>
+          <t>00004357</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
-          <t>SFEG</t>
+          <t>STON</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="I193" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>549300LNKU6K5TJCRG93</t>
+          <t>635400IAV22ZOU1NFS89</t>
         </is>
       </c>
       <c r="B194" t="n">
-        <v>4008</v>
+        <v>2769</v>
       </c>
       <c r="C194" t="inlineStr">
         <is>
-          <t>STONEX FINANCIAL INC</t>
+          <t>SUSQUEHANNA INTL</t>
         </is>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>00004008</t>
+          <t>00004120,00004349,00010103,00010339</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
-          <t>STIN</t>
-[...12 lines deleted...]
-      </c>
+          <t>SUSQ</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H194" t="inlineStr"/>
+      <c r="I194" t="inlineStr"/>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>549300AWF3TOHRYL7754</t>
+          <t>635400IAV22ZOU1NFS89</t>
         </is>
       </c>
       <c r="B195" t="n">
-        <v>4357</v>
+        <v>4120</v>
       </c>
       <c r="C195" t="inlineStr">
         <is>
-          <t>STONEX FINANCIAL LTD</t>
+          <t>SUSQUEHANNA INTL (ONLY DER 2)</t>
         </is>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>00004357</t>
+          <t>00004120</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
-          <t>STON</t>
+          <t>SUSD</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr">
         <is>
-          <t>GCM</t>
-[...6 lines deleted...]
-      </c>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I195" t="inlineStr"/>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
           <t>635400IAV22ZOU1NFS89</t>
         </is>
       </c>
       <c r="B196" t="n">
-        <v>2769</v>
+        <v>4349</v>
       </c>
       <c r="C196" t="inlineStr">
         <is>
-          <t>SUSQUEHANNA INTL</t>
+          <t>SUSQUEHANNA INTL (ONLY DER)</t>
         </is>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>00004120,00004349,00010103</t>
+          <t>00004349</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>IE</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
-          <t>SUSQ</t>
-[...8 lines deleted...]
-      <c r="I196" t="inlineStr"/>
+          <t>SUSI</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr"/>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>635400IAV22ZOU1NFS89</t>
+          <t>549300WXUYR1CMLDQF25</t>
         </is>
       </c>
       <c r="B197" t="n">
-        <v>4120</v>
+        <v>622</v>
       </c>
       <c r="C197" t="inlineStr">
         <is>
-          <t>SUSQUEHANNA INTL (ONLY DER 2)</t>
+          <t>TFS DERIVATIVES LTD</t>
         </is>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>00004120</t>
+          <t>00000622</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
-          <t>SUSD</t>
+          <t>TFSD</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I197" t="inlineStr"/>
+      <c r="I197" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>635400IAV22ZOU1NFS89</t>
+          <t>2138008UL4MT8SNYKX10</t>
         </is>
       </c>
       <c r="B198" t="n">
-        <v>4349</v>
+        <v>1207</v>
       </c>
       <c r="C198" t="inlineStr">
         <is>
-          <t>SUSQUEHANNA INTL (ONLY DER)</t>
+          <t>TOWER RESEARCH CAPITAL EUROPE BV</t>
         </is>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>00004349</t>
+          <t>00010102,00004474</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
-          <t>SUSI</t>
-[...12 lines deleted...]
-      </c>
+          <t>TOWR</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H198" t="inlineStr"/>
+      <c r="I198" t="inlineStr"/>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>549300WXUYR1CMLDQF25</t>
+          <t>2138008UL4MT8SNYKX10</t>
         </is>
       </c>
       <c r="B199" t="n">
-        <v>622</v>
+        <v>1102</v>
       </c>
       <c r="C199" t="inlineStr">
         <is>
-          <t>TFS DERIVATIVES LTD</t>
+          <t>TOWER RESEARCH CAPITAL EUROPE BV (ONLY DER 2)</t>
         </is>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>00000622</t>
+          <t>00010102</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
-          <t>TFSD</t>
+          <t>TOWD</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I199" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I199" t="inlineStr"/>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
           <t>2138008UL4MT8SNYKX10</t>
         </is>
       </c>
       <c r="B200" t="n">
-        <v>1207</v>
+        <v>4474</v>
       </c>
       <c r="C200" t="inlineStr">
         <is>
-          <t>TOWER RESEARCH CAPITAL EUROPE BV</t>
+          <t>TOWER RESEARCH CAPITAL EUROPE BV (ONLY DER)</t>
         </is>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>00010102,00004474</t>
+          <t>00004474</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
-          <t>TOWR</t>
-[...8 lines deleted...]
-      <c r="I200" t="inlineStr"/>
+          <t>TOWE</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr"/>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>2138008UL4MT8SNYKX10</t>
+          <t>213800R54EFFINMY1P02</t>
         </is>
       </c>
       <c r="B201" t="n">
-        <v>1102</v>
+        <v>1230</v>
       </c>
       <c r="C201" t="inlineStr">
         <is>
-          <t>TOWER RESEARCH CAPITAL EUROPE BV (ONLY DER 2)</t>
+          <t>TP ICAP (EUROPE) SA</t>
         </is>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>00010102</t>
+          <t>00004478</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
-          <t>TOWD</t>
-[...2 lines deleted...]
-      <c r="G201" t="inlineStr"/>
+          <t>TPIC</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H201" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I201" t="inlineStr"/>
+      <c r="I201" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>2138008UL4MT8SNYKX10</t>
+          <t>549300BMVW85YF9FGN67</t>
         </is>
       </c>
       <c r="B202" t="n">
-        <v>4474</v>
+        <v>1242</v>
       </c>
       <c r="C202" t="inlineStr">
         <is>
-          <t>TOWER RESEARCH CAPITAL EUROPE BV (ONLY DER)</t>
+          <t>TP ICAP BROKING LTD</t>
         </is>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>00004474</t>
+          <t>00004219</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>GB</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
-          <t>TOWE</t>
+          <t>TPIB</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I202" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>213800R54EFFINMY1P02</t>
+          <t>969500ULC0Y1IG0A4O72</t>
         </is>
       </c>
       <c r="B203" t="n">
-        <v>1230</v>
+        <v>523</v>
       </c>
       <c r="C203" t="inlineStr">
         <is>
-          <t>TP ICAP (EUROPE) SA</t>
+          <t>TRADITION SECURITIES AND FUTURES (TSAF)</t>
         </is>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>00004478</t>
+          <t>00000527,00000523</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>FR</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
-          <t>TPIC</t>
+          <t>TRSF</t>
         </is>
       </c>
       <c r="G203" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H203" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I203" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>549300BMVW85YF9FGN67</t>
+          <t>213800E2SZNUU4RYCC08</t>
         </is>
       </c>
       <c r="B204" t="n">
-        <v>1242</v>
+        <v>245</v>
       </c>
       <c r="C204" t="inlineStr">
         <is>
-          <t>TP ICAP BROKING LTD</t>
+          <t>TRINITY HILL CAPITAL MANAGEMENT</t>
         </is>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>00004219</t>
+          <t>00010245</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>JE</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
-          <t>TPIB</t>
+          <t>THCM</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I204" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I204" t="inlineStr"/>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>549300F4KDOG87FLOP12</t>
+          <t>5299007QVIQ7IO64NX37</t>
         </is>
       </c>
       <c r="B205" t="n">
-        <v>729</v>
+        <v>1260</v>
       </c>
       <c r="C205" t="inlineStr">
         <is>
-          <t>TRADELINK LLC</t>
+          <t>UBS EUROPE SE</t>
         </is>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>00000729</t>
+          <t>00004406</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
-          <t>US</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
-          <t>TRLI</t>
-[...12 lines deleted...]
-      </c>
+          <t>UBSL</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
+        <is>
+          <t>ICM</t>
+        </is>
+      </c>
+      <c r="H205" t="inlineStr"/>
+      <c r="I205" t="inlineStr"/>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>969500ULC0Y1IG0A4O72</t>
+          <t>5299007QVIQ7IO64NX37</t>
         </is>
       </c>
       <c r="B206" t="n">
-        <v>523</v>
+        <v>336</v>
       </c>
       <c r="C206" t="inlineStr">
         <is>
-          <t>TRADITION SECURITIES AND FUTURES (TSAF)</t>
+          <t>UBS EUROPE SE (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>00000527,00000523</t>
+          <t>00004406</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
-          <t>FR</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
-          <t>TRSF</t>
-[...6 lines deleted...]
-      </c>
+          <t>UBSE</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
       <c r="I206" t="inlineStr">
         <is>
-          <t>TM</t>
+          <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>213800E2SZNUU4RYCC08</t>
+          <t>50670029C9OFTU6NFN86</t>
         </is>
       </c>
       <c r="B207" t="n">
-        <v>245</v>
+        <v>1039</v>
       </c>
       <c r="C207" t="inlineStr">
         <is>
-          <t>TRINITY HILL CAPITAL MANAGEMENT</t>
+          <t>UG EUROPE AG</t>
         </is>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>00010245</t>
+          <t>00010039</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
-          <t>JE</t>
+          <t>CH</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
-          <t>THCM</t>
-[...7 lines deleted...]
-      </c>
+          <t>UGEU</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="H207" t="inlineStr"/>
       <c r="I207" t="inlineStr"/>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>5299007QVIQ7IO64NX37</t>
+          <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="B208" t="n">
-        <v>1260</v>
+        <v>1310</v>
       </c>
       <c r="C208" t="inlineStr">
         <is>
-          <t>UBS EUROPE SE</t>
+          <t>UNICREDIT BANK GMBH</t>
         </is>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>00004406</t>
+          <t>00000695</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
-          <t>UBSL</t>
+          <t>UBAG</t>
         </is>
       </c>
       <c r="G208" t="inlineStr">
         <is>
-          <t>ICM</t>
+          <t>TM</t>
         </is>
       </c>
       <c r="H208" t="inlineStr"/>
       <c r="I208" t="inlineStr"/>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>5299007QVIQ7IO64NX37</t>
+          <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="B209" t="n">
-        <v>336</v>
+        <v>695</v>
       </c>
       <c r="C209" t="inlineStr">
         <is>
-          <t>UBS EUROPE SE (DERIVATIVES)</t>
+          <t>UNICREDIT BANK GMBH (DERIVATIVES)</t>
         </is>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>00004406</t>
+          <t>00000695</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>DE</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
-          <t>UBSE</t>
+          <t>UCBD</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
       <c r="I209" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>50670029C9OFTU6NFN86</t>
+          <t>2ZCNRR8UK83OBTEK2170</t>
         </is>
       </c>
       <c r="B210" t="n">
-        <v>1039</v>
+        <v>3081</v>
       </c>
       <c r="C210" t="inlineStr">
         <is>
-          <t>UG EUROPE AG</t>
+          <t>UNICREDIT GMBH MILAN BRANCH</t>
         </is>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>00010039</t>
+          <t>00010153</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
-          <t>CH</t>
+          <t>DE</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
-          <t>UGEU</t>
+          <t>BAYE</t>
         </is>
       </c>
       <c r="G210" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H210" t="inlineStr"/>
       <c r="I210" t="inlineStr"/>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>2ZCNRR8UK83OBTEK2170</t>
+          <t>549300TRUWO2CD2G5692</t>
         </is>
       </c>
       <c r="B211" t="n">
-        <v>1310</v>
+        <v>9250</v>
       </c>
       <c r="C211" t="inlineStr">
         <is>
-          <t>UNICREDIT BANK GMBH</t>
+          <t>UNICREDIT SPA</t>
         </is>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>00000695</t>
+          <t>00010236,00010237</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
-          <t>UBAG</t>
+          <t>UNID</t>
         </is>
       </c>
       <c r="G211" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H211" t="inlineStr"/>
       <c r="I211" t="inlineStr"/>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>2ZCNRR8UK83OBTEK2170</t>
+          <t>549300TRUWO2CD2G5692</t>
         </is>
       </c>
       <c r="B212" t="n">
-        <v>695</v>
+        <v>3135</v>
       </c>
       <c r="C212" t="inlineStr">
         <is>
-          <t>UNICREDIT BANK GMBH (DERIVATIVES)</t>
-[...6 lines deleted...]
-      </c>
+          <t>UNICREDIT SPA (PURE CLEARER)</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr"/>
       <c r="E212" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>IT</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
-          <t>UCBD</t>
-[...3 lines deleted...]
-      <c r="H212" t="inlineStr">
+          <t>UNIC</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
         <is>
           <t>GCM</t>
         </is>
       </c>
-      <c r="I212" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H212" t="inlineStr"/>
+      <c r="I212" t="inlineStr"/>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>2ZCNRR8UK83OBTEK2170</t>
+          <t>724500P0J5GAVK80H143</t>
         </is>
       </c>
       <c r="B213" t="n">
-        <v>3081</v>
+        <v>9199</v>
       </c>
       <c r="C213" t="inlineStr">
         <is>
-          <t>UNICREDIT GMBH MILAN BRANCH</t>
+          <t>UTR8 B.V.</t>
         </is>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>00010153</t>
+          <t>00004379</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
-          <t>DE</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
-          <t>BAYE</t>
+          <t>UTR8</t>
         </is>
       </c>
       <c r="G213" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H213" t="inlineStr"/>
       <c r="I213" t="inlineStr"/>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>549300TRUWO2CD2G5692</t>
+          <t>724500D8WOYCL1BUCB80</t>
         </is>
       </c>
       <c r="B214" t="n">
-        <v>9250</v>
+        <v>2983</v>
       </c>
       <c r="C214" t="inlineStr">
         <is>
-          <t>UNICREDIT SPA</t>
+          <t>VAN LANSCHOT KEMPEN NV</t>
         </is>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>00010236,00010237</t>
+          <t>00029183</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
-          <t>UNID</t>
+          <t>VANL</t>
         </is>
       </c>
       <c r="G214" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="H214" t="inlineStr"/>
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="I214" t="inlineStr"/>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>549300TRUWO2CD2G5692</t>
+          <t>2138007ZHUXSGBB53N72</t>
         </is>
       </c>
       <c r="B215" t="n">
-        <v>3135</v>
+        <v>8064</v>
       </c>
       <c r="C215" t="inlineStr">
         <is>
-          <t>UNICREDIT SPA (PURE CLEARER)</t>
-[...2 lines deleted...]
-      <c r="D215" t="inlineStr"/>
+          <t>VANTAGE CAPITAL MARK</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>00004365</t>
+        </is>
+      </c>
       <c r="E215" t="inlineStr">
         <is>
-          <t>IT</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
-          <t>UNIC</t>
-[...8 lines deleted...]
-      <c r="I215" t="inlineStr"/>
+          <t>VANT</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr"/>
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I215" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>724500P0J5GAVK80H143</t>
+          <t>213800EEC95PRUCEUP63</t>
         </is>
       </c>
       <c r="B216" t="n">
-        <v>9199</v>
+        <v>1231</v>
       </c>
       <c r="C216" t="inlineStr">
         <is>
-          <t>UTR8 B.V.</t>
+          <t>VIRTU EUROPE TRADING LIMITED</t>
         </is>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>00004379</t>
+          <t>00000493,00010081</t>
         </is>
       </c>
       <c r="E216" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F216" t="inlineStr">
         <is>
-          <t>UTR8</t>
+          <t>VITG</t>
         </is>
       </c>
       <c r="G216" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H216" t="inlineStr"/>
       <c r="I216" t="inlineStr"/>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>724500D8WOYCL1BUCB80</t>
+          <t>549300XG5LFGN1IGYC71</t>
         </is>
       </c>
       <c r="B217" t="n">
-        <v>2983</v>
+        <v>9110</v>
       </c>
       <c r="C217" t="inlineStr">
         <is>
-          <t>VAN LANSCHOT KEMPEN NV</t>
+          <t>VIRTU FINANCIAL IRELAND LIMITED</t>
         </is>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>00029183</t>
+          <t>00004743</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
-          <t>NL</t>
+          <t>IE</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
-          <t>VANL</t>
+          <t>VIRT</t>
         </is>
       </c>
       <c r="G217" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H217" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I217" t="inlineStr"/>
+      <c r="I217" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>2138007ZHUXSGBB53N72</t>
+          <t>724500VR7OURFA1R7694</t>
         </is>
       </c>
       <c r="B218" t="n">
-        <v>8064</v>
+        <v>8045</v>
       </c>
       <c r="C218" t="inlineStr">
         <is>
-          <t>VANTAGE CAPITAL MARK</t>
+          <t>WEBB TRADERS B.V.</t>
         </is>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>00004365</t>
+          <t>00004748</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
-          <t>GB</t>
+          <t>NL</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
-          <t>VANT</t>
-[...2 lines deleted...]
-      <c r="G218" t="inlineStr"/>
+          <t>WETR</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
       <c r="H218" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
-      <c r="I218" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I218" t="inlineStr"/>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>213800EEC95PRUCEUP63</t>
+          <t>2138008NIL42YTU4S857</t>
         </is>
       </c>
       <c r="B219" t="n">
-        <v>1231</v>
+        <v>4059</v>
       </c>
       <c r="C219" t="inlineStr">
         <is>
-          <t>VIRTU EUROPE TRADING LIMITED</t>
+          <t>XCONNECT TRADING LIMITED</t>
         </is>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>00000493,00010081</t>
+          <t>00004059</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>GB</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
-          <t>VITG</t>
-[...8 lines deleted...]
-      <c r="I219" t="inlineStr"/>
+          <t>XCON</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr"/>
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
+      <c r="I219" t="inlineStr">
+        <is>
+          <t>TM</t>
+        </is>
+      </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>549300XG5LFGN1IGYC71</t>
+          <t>213800J256ZBGMGZLV44</t>
         </is>
       </c>
       <c r="B220" t="n">
-        <v>9110</v>
+        <v>4465</v>
       </c>
       <c r="C220" t="inlineStr">
         <is>
-          <t>VIRTU FINANCIAL IRELAND LIMITED</t>
+          <t>XTX MARKETS SAS</t>
         </is>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>00004743</t>
+          <t>00004465</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
-          <t>IE</t>
+          <t>FR</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
-          <t>VIRT</t>
+          <t>XTXM</t>
         </is>
       </c>
       <c r="G220" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="H220" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
       <c r="I220" t="inlineStr">
         <is>
           <t>TM</t>
         </is>
       </c>
     </row>
-    <row r="221">
-[...125 lines deleted...]
-    </row>
+    <row r="221"/>
+    <row r="222"/>
+    <row r="223"/>
     <row r="224"/>
-    <row r="225"/>
-[...5 lines deleted...]
-          <t>List effective as of 20251103</t>
+    <row r="225">
+      <c r="A225" s="2" t="inlineStr">
+        <is>
+          <t>List effective as of 20260223</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
-</file>
-[...271 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE288FEC-5C75-4B8B-9AA4-30C8171E667A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...2 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>